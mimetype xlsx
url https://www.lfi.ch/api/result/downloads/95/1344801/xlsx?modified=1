--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>degree of mixture (terrestrial)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>diversità delle specie legnose</t>
+  </si>
+  <si>
+    <t>grado di mescolanza</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: index</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: indice</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...33 lines deleted...]
-    <t>index</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>indice</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
-[...14 lines deleted...]
-    <t>total</t>
+    <t>nessuna indicazione</t>
+  </si>
+  <si>
+    <t>bosco puro di conifere</t>
+  </si>
+  <si>
+    <t>bosco misto di conifere</t>
+  </si>
+  <si>
+    <t>bosco misto di latifoglie</t>
+  </si>
+  <si>
+    <t>bosco puro di latifoglie</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1344801/526558</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diversity of woody species</t>
+      <t xml:space="preserve">diversità delle specie legnose</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #36</t>
     </r>
   </si>
   <si>
-    <t>Measure for the ecological assessment of forest stands, derived from the number of woody species with a diameter at breast height (dbh) ≥12 cm and the occurrence of woody species of special ecological significance (willows, birches, alders, native poplars, oaks, chestnut, cherry, wild fruit and Sorbus species) in the upper layer.</t>
+    <t>Indicatore ecologico per valutare i popolamenti forestali in funzione del numero di specie legnose di almeno 12 cm di diametro a petto d'uomo (DPU) e della presenza, nello strato superiore del popolamento, di specie legnose con particolare valore ecologico (salici, betulle, ontani, pioppi autoctoni, querce, castagni, ciliegi, alberi da frutto selvatici e sorbi).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">degree of mixture (terrestrial)</t>
+      <t xml:space="preserve">grado di mescolanza</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #22</t>
     </r>
   </si>
   <si>
-    <t>Proportions of conifers and broadleaves making up the stand structure, classified according to their proportional basal areas into four classes: pure conifer forest: 91-100 % conifers, mixed conifer forest: 51-90 % conifers, mixed broadleaved forest: 11-50 % conifers and pure broadleaved forest: 0-10 % conifers. Reference: Field Survey (MID 265: Mischungsgrad)</t>
+    <t>Quota delle specie arboree di latifoglie e di conifere che costituiscono un popolamento, definita in base alla loro proporzione in area basimetrica suddivisa in quattro classi: conifere pure: 91-100% alberi di conifere, conifere miste : 51-90% alberi di conifere, latifoglie miste: 11-50% alberi di conifere, latifoglie pure: 0-10% alberi di conifere. Fonte: rilievo sul terreno (MID 265: Mischungsgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,64 +706,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1155,235 +1155,235 @@
         <v>2.8</v>
       </c>
       <c r="M18" s="6">
         <v>3</v>
       </c>
       <c r="N18" s="6">
         <v>2.6</v>
       </c>
       <c r="O18" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:15" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1344801/526558</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diversity of woody species</t>
+            <t xml:space="preserve">diversità delle specie legnose</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #36</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">degree of mixture (terrestrial)</t>
+            <t xml:space="preserve">grado di mescolanza</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #22</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>