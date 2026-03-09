--- v0 (2025-12-07)
+++ v1 (2026-03-09)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>NFI1</t>
-[...5 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>LFI1</t>
+  </si>
+  <si>
+    <t>Gehölzartenvielfalt</t>
+  </si>
+  <si>
+    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: index</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Index</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...33 lines deleted...]
-    <t>index</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 1983/85</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Index</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>obersubalpin</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>hochmontan</t>
+  </si>
+  <si>
+    <t>unter- und obermontan</t>
+  </si>
+  <si>
+    <t>submontan</t>
+  </si>
+  <si>
+    <t>hyperinsubrisch und kollin</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1344844/526601</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diversity of woody species</t>
+      <t xml:space="preserve">Gehölzartenvielfalt</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #36</t>
     </r>
   </si>
   <si>
-    <t>Measure for the ecological assessment of forest stands, derived from the number of woody species with a diameter at breast height (dbh) ≥12 cm and the occurrence of woody species of special ecological significance (willows, birches, alders, native poplars, oaks, chestnut, cherry, wild fruit and Sorbus species) in the upper layer.</t>
+    <t>Masszahl zur ökologischen Beurteilung von Waldbeständen, abgeleitet aus der Anzahl Gehölzarten ab 12 cm Brusthöhendurchmesser (BHD) und dem Vorkommen von Gehölzarten mit spezieller ökologischer Bedeutung (Weiden, Birken, Erlen, einheimische Pappeln, Eichen, Kastanie, Kirschbaum, Wildobst und Sorbus-Arten) in der Oberschicht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">1,4-km-Netz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1258,235 +1258,235 @@
         <v>2.7</v>
       </c>
       <c r="M20" s="6">
         <v>2</v>
       </c>
       <c r="N20" s="6">
         <v>2.6</v>
       </c>
       <c r="O20" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1344844/526601</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diversity of woody species</t>
+            <t xml:space="preserve">Gehölzartenvielfalt</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #36</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">1,4-km-Netz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>