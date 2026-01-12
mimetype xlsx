--- v0 (2026-01-11)
+++ v1 (2026-01-12)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>fasce vegetazionali NaiS (6 classi)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>diversity of woody species</t>
+  </si>
+  <si>
+    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: indice</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: index</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...33 lines deleted...]
-    <t>indice</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>index</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>subalpina superiore</t>
-[...17 lines deleted...]
-    <t>totale</t>
+    <t>upper subalpine</t>
+  </si>
+  <si>
+    <t>subalpine</t>
+  </si>
+  <si>
+    <t>high-montane</t>
+  </si>
+  <si>
+    <t>lower and upper montane</t>
+  </si>
+  <si>
+    <t>submontane</t>
+  </si>
+  <si>
+    <t>hyperinsubric and colline</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1344995/526752</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diversità delle specie legnose</t>
+      <t xml:space="preserve">diversity of woody species</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #36</t>
     </r>
   </si>
   <si>
-    <t>Indicatore ecologico per valutare i popolamenti forestali in funzione del numero di specie legnose di almeno 12 cm di diametro a petto d'uomo (DPU) e della presenza, nello strato superiore del popolamento, di specie legnose con particolare valore ecologico (salici, betulle, ontani, pioppi autoctoni, querce, castagni, ciliegi, alberi da frutto selvatici e sorbi).</t>
+    <t>Measure for the ecological assessment of forest stands, derived from the number of woody species with a diameter at breast height (dbh) ≥12 cm and the occurrence of woody species of special ecological significance (willows, birches, alders, native poplars, oaks, chestnut, cherry, wild fruit and Sorbus species) in the upper layer.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,64 +715,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1258,235 +1258,235 @@
         <v>2.7</v>
       </c>
       <c r="M20" s="6">
         <v>3</v>
       </c>
       <c r="N20" s="6">
         <v>2.6</v>
       </c>
       <c r="O20" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1344995/526752</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diversità delle specie legnose</t>
+            <t xml:space="preserve">diversity of woody species</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #36</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>