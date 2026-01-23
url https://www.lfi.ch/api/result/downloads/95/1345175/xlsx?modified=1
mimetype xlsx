--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>NFI1</t>
-[...5 lines deleted...]
-    <t>tree species (5 classes)</t>
+    <t>LFI1</t>
+  </si>
+  <si>
+    <t>Gesamtholzvolumen (Schaftholz) LFI1</t>
+  </si>
+  <si>
+    <t>Baumart (5 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m³</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 1983/85</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 m³</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>Fichte</t>
+  </si>
+  <si>
+    <t>Tanne</t>
+  </si>
+  <si>
+    <t>übrige Nadelhölzer</t>
+  </si>
+  <si>
+    <t>Buche</t>
+  </si>
+  <si>
+    <t>übrige Laubhölzer</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1345175/526932</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total wood volume (stemwood) NFI1</t>
+      <t xml:space="preserve">Gesamtholzvolumen (Schaftholz) LFI1</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #242</t>
     </r>
   </si>
   <si>
-    <t>Stemwood volume of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm with bark according to the method used in NFI1. In NFI1, dead trees were only included if their wood was still usable.</t>
+    <t>Schaftholzvolumen in Rinde aller lebenden und toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD) nach Methode LFI1. Im LFI1 wurden bei den toten Bäumen nur diejenigen aufgenommen, deren Holz noch verwertbar war. Das Gesamtholzvolumen LFI1 entspricht der Summe von Vorrat und Totholzvolumen LFI1.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tree species (5 classes)</t>
+      <t xml:space="preserve">Baumart (5 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1157</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh). The three most common species or species groups in Switzerland (spruce - Picea spp.; fir - Abies spp.; beech - Fagus sylvatica) are in individual classes, while the remaining species are classified as «other conifers» or «other broadleaves». Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die drei allerhäufigsten Arten bzw. Artengruppen der Schweiz (Fichte - Picea spp.; Tanne - Abies spp.; Buche - Fagus sylvatica) und den Klassen «übrige Nadelhölzer» und «übrige Laubhölzer» für die restlichen Arten. Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">1,4-km-Netz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1258,235 +1258,235 @@
         <v>23232</v>
       </c>
       <c r="M20" s="6">
         <v>4</v>
       </c>
       <c r="N20" s="6">
         <v>366656</v>
       </c>
       <c r="O20" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1345175/526932</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total wood volume (stemwood) NFI1</t>
+            <t xml:space="preserve">Gesamtholzvolumen (Schaftholz) LFI1</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #242</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tree species (5 classes)</t>
+            <t xml:space="preserve">Baumart (5 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1157</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">1,4-km-Netz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>