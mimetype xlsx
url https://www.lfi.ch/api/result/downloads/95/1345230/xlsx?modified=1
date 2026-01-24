--- v0 (2026-01-23)
+++ v1 (2026-01-24)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>IFN1</t>
-[...5 lines deleted...]
-    <t>specie arborea (5 classi)</t>
+    <t>NFI1</t>
+  </si>
+  <si>
+    <t>total wood volume (stemwood) NFI1</t>
+  </si>
+  <si>
+    <t>tree species (5 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m³/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 x 1,4 km</t>
+      <t xml:space="preserve">: 1.4-km grid</t>
     </r>
   </si>
   <si>
-    <t>stato 1983/85</t>
-[...2 lines deleted...]
-    <t>cantone</t>
+    <t>state 1983/85</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,255 +172,255 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>m³/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>abete rosso</t>
-[...17 lines deleted...]
-    <t>totale</t>
+    <t>spruce</t>
+  </si>
+  <si>
+    <t>fir</t>
+  </si>
+  <si>
+    <t>other conifers</t>
+  </si>
+  <si>
+    <t>beech</t>
+  </si>
+  <si>
+    <t>other broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1345230/526987</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">volume totale di legno (legno del fusto) IFN1</t>
+      <t xml:space="preserve">total wood volume (stemwood) NFI1</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #242</t>
     </r>
   </si>
   <si>
-    <t>Volume legnoso del fusto con corteccia di tutti gli alberi e arbusti vivi e morti (in piedi e a terra) a partire da 12 cm di diametro a petto d'uomo (DPU) secondo il metodo dell'IFN1. Nell'IFN1 sono stati rilevati solamente gli alberi morti il cui legno era ancora utilizzabile. Il volume totale di legno IFN1 corrisponde alla somma della provvigione e del volume di legno morto IFN1.</t>
+    <t>Stemwood volume of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm with bark according to the method used in NFI1. In NFI1, dead trees were only included if their wood was still usable.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">specie arborea (5 classi)</t>
+      <t xml:space="preserve">tree species (5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1157</t>
     </r>
   </si>
   <si>
-    <t>Specie arboree e arbustive a partire da 12 cm di diametro a petto d'uomo (DPU) con singole categorie per le tre specie o gruppi di specie più comuni in Svizzera (abete rosso - Picea spp.; abete bianco - Abies spp.; faggio - Fagus sylvatica) e le categorie «altre conifere» e «altre latifoglie» per le altre specie. Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh). The three most common species or species groups in Switzerland (spruce - Picea spp.; fir - Abies spp.; beech - Fagus sylvatica) are in individual classes, while the remaining species are classified as «other conifers» or «other broadleaves». Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
+      <t xml:space="preserve">1.4-km grid</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Reticolo di campionamento dell'IFN a maglia quadrata con una distanza di 1,4 km. Il reticolo 1,4 x 1,4 km rappresenta il reticolo terrestre comune a tutti gli inventari fin'ora eseguiti, per cui viene denominato come reticolo di base.</t>
+    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -772,51 +772,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -2493,51 +2493,51 @@
         <v>416.4</v>
       </c>
       <c r="AY20" s="6">
         <v>4</v>
       </c>
       <c r="AZ20" s="6">
         <v>334.1</v>
       </c>
       <c r="BA20" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:53" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1345230/526987</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -2575,191 +2575,191 @@
       <c r="AQ21" s="3"/>
       <c r="AR21" s="3"/>
       <c r="AS21" s="3"/>
       <c r="AT21" s="3"/>
       <c r="AU21" s="3"/>
       <c r="AV21" s="3"/>
       <c r="AW21" s="3"/>
       <c r="AX21" s="3"/>
       <c r="AY21" s="3"/>
       <c r="AZ21" s="3"/>
       <c r="BA21" s="3"/>
     </row>
     <row r="24" spans="1:53">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">volume totale di legno (legno del fusto) IFN1</t>
+            <t xml:space="preserve">total wood volume (stemwood) NFI1</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #242</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="27" spans="1:53">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">specie arborea (5 classi)</t>
+            <t xml:space="preserve">tree species (5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1157</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="36" spans="1:53">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
+            <t xml:space="preserve">1.4-km grid</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:53" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>