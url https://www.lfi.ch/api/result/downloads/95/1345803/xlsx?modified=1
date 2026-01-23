--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>NFI4—NFI5</t>
-[...5 lines deleted...]
-    <t>higher/lower altitude zone</t>
+    <t>LFI4—LFI5</t>
+  </si>
+  <si>
+    <t>Veränderung: Basalfläche</t>
+  </si>
+  <si>
+    <t>Hochlagen/Tieflagen</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>biogeographical region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Veränderung 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...14 lines deleted...]
-    <t>Switzerland</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>lower altitude zone</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>Tieflagen</t>
+  </si>
+  <si>
+    <t>Hochlagen</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1345803/527560</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">Basalfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">higher/lower altitude zone</t>
+      <t xml:space="preserve">Hochlagen/Tieflagen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t>Gebiete in höheren und tieferen Lagen, eingeteilt anhand der Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005). Die Grenze zwischen den Hochlagen und den Tieflagen verläuft auf der Alpennordseite zwischen den Stufen «obermontan» und «untermontan», auf der Alpensüdseite zwischen den Stufen «hochmontan» und «ober-/untermontan». Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>2.1</v>
       </c>
       <c r="M16" s="6">
         <v>41</v>
       </c>
       <c r="N16" s="6">
         <v>-0.2</v>
       </c>
       <c r="O16" s="6">
         <v>113</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1345803/527560</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">Basalfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">higher/lower altitude zone</t>
+            <t xml:space="preserve">Hochlagen/Tieflagen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>