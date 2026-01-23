--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,392 +14,392 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>NFI1</t>
-[...5 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 10 classes)</t>
+    <t>IFN1</t>
+  </si>
+  <si>
+    <t>area basimetrica</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (10 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 1983/85</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>stato 1983/85</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
-[...29 lines deleted...]
-    <t>total</t>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana superiore (N)</t>
+  </si>
+  <si>
+    <t>montana inferiore (N)</t>
+  </si>
+  <si>
+    <t>montana inferiore/superiore (S)</t>
+  </si>
+  <si>
+    <t>submontana (N)</t>
+  </si>
+  <si>
+    <t>collinare con faggio (S)</t>
+  </si>
+  <si>
+    <t>collinare</t>
+  </si>
+  <si>
+    <t>iperinsubrica (S)</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1346664/528421</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">area basimetrica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (10 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2632</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005) – in ten classes, whereby the classes «hyperinsubric», «colline» and «colline with beech» and «lower and upper montane» only occur in the Southern Alps (S), the classes «submontane», «lower montane», «upper montane» only in the Northern Alps (N) and the classes «high montane», «subalpine» and «upper subalpine» on both sides of the Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005) in dieci classi, dove le classi «iperinsubrica», «collinare con faggio» e «montana inferiore/superiore» possono essere presenti solo a Sud delle Alpi (S), le classi «submontana», «montana inferiore», «montana superiore» solo sul versante settentrionale delle Alpi (N) e le classi «altimontana», «subalpina» e «subalpina superiore» su entrambi i versanti delle Alpi. Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -751,51 +751,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -2170,51 +2170,51 @@
         <v>22.8</v>
       </c>
       <c r="AC24" s="6">
         <v>4</v>
       </c>
       <c r="AD24" s="6">
         <v>29.8</v>
       </c>
       <c r="AE24" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1346664/528421</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
@@ -2230,191 +2230,191 @@
       <c r="U25" s="3"/>
       <c r="V25" s="3"/>
       <c r="W25" s="3"/>
       <c r="X25" s="3"/>
       <c r="Y25" s="3"/>
       <c r="Z25" s="3"/>
       <c r="AA25" s="3"/>
       <c r="AB25" s="3"/>
       <c r="AC25" s="3"/>
       <c r="AD25" s="3"/>
       <c r="AE25" s="3"/>
     </row>
     <row r="28" spans="1:31">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">area basimetrica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:31" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (10 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2632</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="37" spans="1:31">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:31" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="40" spans="1:31">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:31" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>