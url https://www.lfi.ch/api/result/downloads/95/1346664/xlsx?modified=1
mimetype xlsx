--- v1 (2026-01-23)
+++ v2 (2026-01-24)
@@ -14,392 +14,392 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>IFN1</t>
-[...5 lines deleted...]
-    <t>fasce vegetazionali NaiS (10 classi)</t>
+    <t>LFI1</t>
+  </si>
+  <si>
+    <t>Basalfläche</t>
+  </si>
+  <si>
+    <t>NaiS-Vegetationshöhenstufen (10 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 1983/85</t>
-[...47 lines deleted...]
-    <t>Svizzera</t>
+    <t>Zustand 1983/85</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>subalpina superiore</t>
-[...29 lines deleted...]
-    <t>totale</t>
+    <t>obersubalpin</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>hochmontan</t>
+  </si>
+  <si>
+    <t>obermontan (N)</t>
+  </si>
+  <si>
+    <t>untermontan (N)</t>
+  </si>
+  <si>
+    <t>unter-/obermontan (S)</t>
+  </si>
+  <si>
+    <t>submontan (N)</t>
+  </si>
+  <si>
+    <t>kollin mit Buche (S)</t>
+  </si>
+  <si>
+    <t>kollin</t>
+  </si>
+  <si>
+    <t>hyperinsubrisch (S)</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1346664/528421</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area basimetrica</t>
+      <t xml:space="preserve">Basalfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
+    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fasce vegetazionali NaiS (10 classi)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (10 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2632</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005) in dieci classi, dove le classi «iperinsubrica», «collinare con faggio» e «montana inferiore/superiore» possono essere presenti solo a Sud delle Alpi (S), le classi «submontana», «montana inferiore», «montana superiore» solo sul versante settentrionale delle Alpi (N) e le classi «altimontana», «subalpina» e «subalpina superiore» su entrambi i versanti delle Alpi. Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005) in zehn Klassen, wobei die Klassen «hyperinsubrisch», «kollin mit Buche» und «unter-/obermontan» nur auf der Alpensüdseite (S), die Klassen «submontan», «untermontan», «obermontan» nur auf der Alpennordseite (N) und die Klassen «hochmontan», «subalpin» und «obersubalpin» auf beiden Seiten der Alpen vorkommen können. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -751,51 +751,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -2170,51 +2170,51 @@
         <v>22.8</v>
       </c>
       <c r="AC24" s="6">
         <v>4</v>
       </c>
       <c r="AD24" s="6">
         <v>29.8</v>
       </c>
       <c r="AE24" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1346664/528421</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
@@ -2230,191 +2230,191 @@
       <c r="U25" s="3"/>
       <c r="V25" s="3"/>
       <c r="W25" s="3"/>
       <c r="X25" s="3"/>
       <c r="Y25" s="3"/>
       <c r="Z25" s="3"/>
       <c r="AA25" s="3"/>
       <c r="AB25" s="3"/>
       <c r="AC25" s="3"/>
       <c r="AD25" s="3"/>
       <c r="AE25" s="3"/>
     </row>
     <row r="28" spans="1:31">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area basimetrica</t>
+            <t xml:space="preserve">Basalfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:31" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fasce vegetazionali NaiS (10 classi)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (10 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2632</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="37" spans="1:31">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:31" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="40" spans="1:31">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:31" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>