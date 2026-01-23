--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,365 +14,365 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>IFN2</t>
-[...5 lines deleted...]
-    <t>étages de végétation NaiS (10 classes)</t>
+    <t>NFI2</t>
+  </si>
+  <si>
+    <t>basal area</t>
+  </si>
+  <si>
+    <t>altitudinal vegetation belts (NaiS; 10 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: région de production</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...9 lines deleted...]
-    <t>région de production</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4-km grid</t>
+    </r>
+  </si>
+  <si>
+    <t>state 1993/95</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Préalpes</t>
-[...8 lines deleted...]
-    <t>Suisse</t>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>subalpin supérieur</t>
-[...26 lines deleted...]
-    <t>hyperinsubrique (S)</t>
+    <t>upper subalpine</t>
+  </si>
+  <si>
+    <t>subalpine</t>
+  </si>
+  <si>
+    <t>high-montane</t>
+  </si>
+  <si>
+    <t>upper montane (N)</t>
+  </si>
+  <si>
+    <t>lower montane (N)</t>
+  </si>
+  <si>
+    <t>lower/upper montane (S)</t>
+  </si>
+  <si>
+    <t>submontane (N)</t>
+  </si>
+  <si>
+    <t>colline with beech (S)</t>
+  </si>
+  <si>
+    <t>colline</t>
+  </si>
+  <si>
+    <t>hyperinsubric (S)</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1346709/528466</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface terrière</t>
+      <t xml:space="preserve">basal area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Somme des sections transversales à 1,3 m de hauteur de tous les arbres et arbustes vifs (sur pied et à terre) avec un diamètre à hauteur de poitrine (DHP) d’au moins 12 cm.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">étages de végétation NaiS (10 classes)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2632</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005) en dix classes, les classes «hyperinsubrique», «collinéen avec hêtre» et «montagnard inférieur/supérieur» ne se trouvant que sur le versant sud des Alpes (S), les classes «submontagnard», «montagnard inférieur», «montagnard supérieur» ne se trouvant que sur le versant nord des Alpes (N) et les classes «haut-montagnard», «subalpin» et «subalpin supérieur» pouvant se trouver des deux côtés des Alpes. Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005) – in ten classes, whereby the classes «hyperinsubric», «colline» and «colline with beech» and «lower and upper montane» only occur in the Southern Alps (S), the classes «submontane», «lower montane», «upper montane» only in the Northern Alps (N) and the classes «high montane», «subalpine» and «upper subalpine» on both sides of the Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de production</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km</t>
+      <t xml:space="preserve">1.4-km grid</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Réseau d'échantillonnage de l'IFN avec un maillage de 1,4 km. Le réseau 1,4 km est commun à tous les inventaires terrestres précédents, c'est pourquoi il est également appelé réseau de base.</t>
+    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -724,51 +724,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1369,233 +1369,233 @@
         <v>24.6</v>
       </c>
       <c r="K24" s="6">
         <v>3</v>
       </c>
       <c r="L24" s="6">
         <v>30.9</v>
       </c>
       <c r="M24" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1346709/528466</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
       <c r="L25" s="3"/>
       <c r="M25" s="3"/>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface terrière</t>
+            <t xml:space="preserve">basal area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">étages de végétation NaiS (10 classes)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2632</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de production</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km</t>
+            <t xml:space="preserve">1.4-km grid</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>