--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,450 +14,450 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
-    <t>NFI5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>total number of stems with two most important forms of damages divided by total number of stems</t>
+    <t>Gesamtstammzahl mit den zwei wichtigsten Schäden geteilt durch Gesamtstammzahl</t>
   </si>
   <si>
-    <t>slope (in 20% classes) · cause of damage to trees (10 classes)</t>
+    <t>Neigung (20%-Klassen) · Ursache von Baumschäden (10 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>protection forest region</t>
+    <t>Schutzwaldregion</t>
   </si>
   <si>
-    <t>Jura + Plateau</t>
+    <t>Jura + Mittelland</t>
   </si>
   <si>
-    <t>Northwestern Alps</t>
+    <t>Nordalpen West</t>
   </si>
   <si>
-    <t>Northeastern Alps</t>
+    <t>Nordalpen Ost</t>
   </si>
   <si>
-    <t xml:space="preserve">Southwestern Alps </t>
+    <t>Alpen Südwest</t>
   </si>
   <si>
-    <t>Southeastern Alps</t>
+    <t>Alpen Südost</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Alpensüdseite</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>slope (in 20% classes)</t>
+    <t>Neigung (20%-Klassen)</t>
   </si>
   <si>
-    <t>cause of damage to trees (10 classes)</t>
+    <t>Ursache von Baumschäden (10 Klassen)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no visible damage</t>
+    <t>kein sichtbarer Schaden</t>
   </si>
   <si>
-    <t>fire</t>
+    <t>Feuer</t>
   </si>
   <si>
-    <t>rockfall</t>
+    <t>Steinschlag</t>
   </si>
   <si>
-    <t>various</t>
+    <t>diverse</t>
   </si>
   <si>
-    <t>indeterminable</t>
+    <t>nicht bestimmbar</t>
   </si>
   <si>
-    <t>wood harvest</t>
+    <t>Holzernte</t>
   </si>
   <si>
-    <t>other human activity</t>
+    <t>andere menschliche Tätigkeit</t>
   </si>
   <si>
-    <t>weather</t>
+    <t>Witterung</t>
   </si>
   <si>
-    <t>lying living trees</t>
+    <t>liegende lebende Bäume</t>
   </si>
   <si>
-    <t>dead trees</t>
+    <t>tote Bäume</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
-    <t>to 20%</t>
+    <t>bis 20 %</t>
   </si>
   <si>
     <t>21-40 %</t>
   </si>
   <si>
     <t>41-60 %</t>
   </si>
   <si>
     <t>61-80 %</t>
   </si>
   <si>
     <t>81-100 %</t>
   </si>
   <si>
     <t>&gt;100%</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1346880/528637</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total number of stems with two most important forms of damages</t>
+      <t xml:space="preserve">Gesamtstammzahl mit den zwei wichtigsten Schäden</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #415</t>
     </r>
   </si>
   <si>
-    <t>Number of living and dead trees and shrubs (standing and lying) ≥12 cm diameter at breast heigth (dbh) with damage. Only the two most important forms of damage to a tree are recorded. Since a tree may be damaged in different ways, it may contribute more than once to the total number of stems with the two most important forms of damage.</t>
+    <t>Anzahl lebende und tote Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD) mit Schäden. Berücksichtigt werden nur die zwei wichtigsten Schäden an einem Baum. Da ein Baum mehrere Schäden aufweisen kann, kann er mehrmals zur Gesamtstammzahl mit den zwei wichtigsten Schäden beitragen.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total number of stems</t>
+      <t xml:space="preserve">Gesamtstammzahl</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm. The total number of stems is the sum of the number of stems and the number of deadwood stems.</t>
+    <t>Anzahl Stämme aller lebenden und toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Die Gesamtstammzahl ist die Summe von Stammzahl und Totholzstammzahl.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">slope (in 20% classes)</t>
+      <t xml:space="preserve">Neigung (20%-Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1083</t>
     </r>
   </si>
   <si>
-    <t>Slope in classes of 20%. Reference: Digital height model DHM 25 from Swisstopo</t>
+    <t>Hangneigung in Klassen zu 20%. Grundlage: digitales Höhenmodell DHm²5 von Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cause of damage to trees (10 classes)</t>
+      <t xml:space="preserve">Ursache von Baumschäden (10 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2666</t>
     </r>
   </si>
   <si>
-    <t>Cause of damage to trees and shrubs ≥12 cm in diameter at breast height (dbh) – in ten classes. Eight of these classes focus exclusively on standing living trees and shrubs with dbh ≥12 cm, while one class applies to lying living trees and shrubs with dbh ≥12 cm, and one to dead trees and shrubs with dbh ≥12 cm. Reference: Field Survey (MID 1029: Baumschadenursache, MID 1018: Baumzustand)</t>
+    <t>Ursache von Schäden an Bäumen und Sträuchern ab 12 cm Brusthöhendurchmesser (BHD) in zehn Klassen. Acht dieser Klassen beziehen sich ausschliesslich auf die stehenden lebenden Bäume und Sträucher ab 12 cm BHD und je eine Klasse bilden die liegenden lebenden (grünen) Bäume und Sträucher und die toten Bäume und Sträucher ab 12 cm BHD. Grundlage: Feldaufnahme (MID 1029: Baumschadenursache, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -809,52 +809,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P131"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="29.279" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -5606,305 +5606,305 @@
         <v>21</v>
       </c>
       <c r="N108" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O108" s="6" t="s">
         <v>21</v>
       </c>
       <c r="P108" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="109" spans="1:16" customHeight="1" ht="21.75">
       <c r="A109" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1346880/528637</t>
           </r>
         </is>
       </c>
       <c r="C109" s="3"/>
       <c r="D109" s="3"/>
       <c r="E109" s="3"/>
       <c r="F109" s="3"/>
       <c r="G109" s="3"/>
       <c r="H109" s="3"/>
       <c r="I109" s="3"/>
       <c r="J109" s="3"/>
       <c r="K109" s="3"/>
       <c r="L109" s="3"/>
       <c r="M109" s="3"/>
       <c r="N109" s="3"/>
       <c r="O109" s="3"/>
       <c r="P109" s="3"/>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total number of stems with two most important forms of damages</t>
+            <t xml:space="preserve">Gesamtstammzahl mit den zwei wichtigsten Schäden</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #415</t>
           </r>
         </is>
       </c>
     </row>
     <row r="113" spans="1:16" customHeight="1" ht="29">
       <c r="A113" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total number of stems</t>
+            <t xml:space="preserve">Gesamtstammzahl</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="116" spans="1:16" customHeight="1" ht="29">
       <c r="A116" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">slope (in 20% classes)</t>
+            <t xml:space="preserve">Neigung (20%-Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1083</t>
           </r>
         </is>
       </c>
     </row>
     <row r="119" spans="1:16" customHeight="1" ht="29">
       <c r="A119" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cause of damage to trees (10 classes)</t>
+            <t xml:space="preserve">Ursache von Baumschäden (10 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2666</t>
           </r>
         </is>
       </c>
     </row>
     <row r="122" spans="1:16" customHeight="1" ht="29">
       <c r="A122" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="125" spans="1:16" customHeight="1" ht="29">
       <c r="A125" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="128" spans="1:16" customHeight="1" ht="29">
       <c r="A128" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="131" spans="1:16" customHeight="1" ht="29">
       <c r="A131" s="1" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>