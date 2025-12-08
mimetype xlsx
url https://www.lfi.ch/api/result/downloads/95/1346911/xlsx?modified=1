--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,450 +14,450 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
-    <t>LFI5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>Gesamtstammzahl mit den zwei wichtigsten Schäden geteilt durch Gesamtstammzahl</t>
+    <t>total number of stems with two most important forms of damages divided by total number of stems</t>
   </si>
   <si>
-    <t>Neigung (20%-Klassen) · Ursache von Baumschäden (10 Klassen)</t>
+    <t>slope (in 20% classes) · cause of damage to trees (10 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>Schutzwaldregion</t>
+    <t>protection forest region</t>
   </si>
   <si>
-    <t>Jura + Mittelland</t>
+    <t>Jura + Plateau</t>
   </si>
   <si>
-    <t>Nordalpen West</t>
+    <t>Northwestern Alps</t>
   </si>
   <si>
-    <t>Nordalpen Ost</t>
+    <t>Northeastern Alps</t>
   </si>
   <si>
-    <t>Alpen Südwest</t>
+    <t xml:space="preserve">Southwestern Alps </t>
   </si>
   <si>
-    <t>Alpen Südost</t>
+    <t>Southeastern Alps</t>
   </si>
   <si>
-    <t>Alpensüdseite</t>
+    <t>Southern Alps</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>Neigung (20%-Klassen)</t>
+    <t>slope (in 20% classes)</t>
   </si>
   <si>
-    <t>Ursache von Baumschäden (10 Klassen)</t>
+    <t>cause of damage to trees (10 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>kein sichtbarer Schaden</t>
+    <t>no visible damage</t>
   </si>
   <si>
-    <t>Feuer</t>
+    <t>fire</t>
   </si>
   <si>
-    <t>Steinschlag</t>
+    <t>rockfall</t>
   </si>
   <si>
-    <t>diverse</t>
+    <t>various</t>
   </si>
   <si>
-    <t>nicht bestimmbar</t>
+    <t>indeterminable</t>
   </si>
   <si>
-    <t>Holzernte</t>
+    <t>wood harvest</t>
   </si>
   <si>
-    <t>andere menschliche Tätigkeit</t>
+    <t>other human activity</t>
   </si>
   <si>
-    <t>Witterung</t>
+    <t>weather</t>
   </si>
   <si>
-    <t>liegende lebende Bäume</t>
+    <t>lying living trees</t>
   </si>
   <si>
-    <t>tote Bäume</t>
+    <t>dead trees</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
-    <t>bis 20 %</t>
+    <t>to 20%</t>
   </si>
   <si>
     <t>21-40 %</t>
   </si>
   <si>
     <t>41-60 %</t>
   </si>
   <si>
     <t>61-80 %</t>
   </si>
   <si>
     <t>81-100 %</t>
   </si>
   <si>
     <t>&gt;100%</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1346911/528668</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gesamtstammzahl mit den zwei wichtigsten Schäden</t>
+      <t xml:space="preserve">total number of stems with two most important forms of damages</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #415</t>
     </r>
   </si>
   <si>
-    <t>Anzahl lebende und tote Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD) mit Schäden. Berücksichtigt werden nur die zwei wichtigsten Schäden an einem Baum. Da ein Baum mehrere Schäden aufweisen kann, kann er mehrmals zur Gesamtstammzahl mit den zwei wichtigsten Schäden beitragen.</t>
+    <t>Number of living and dead trees and shrubs (standing and lying) ≥12 cm diameter at breast heigth (dbh) with damage. Only the two most important forms of damage to a tree are recorded. Since a tree may be damaged in different ways, it may contribute more than once to the total number of stems with the two most important forms of damage.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gesamtstammzahl</t>
+      <t xml:space="preserve">total number of stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Stämme aller lebenden und toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Die Gesamtstammzahl ist die Summe von Stammzahl und Totholzstammzahl.</t>
+    <t>Number of stems of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm. The total number of stems is the sum of the number of stems and the number of deadwood stems.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Neigung (20%-Klassen)</t>
+      <t xml:space="preserve">slope (in 20% classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1083</t>
     </r>
   </si>
   <si>
-    <t>Hangneigung in Klassen zu 20%. Grundlage: digitales Höhenmodell DHm²5 von Swisstopo</t>
+    <t>Slope in classes of 20%. Reference: Digital height model DHM 25 from Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Ursache von Baumschäden (10 Klassen)</t>
+      <t xml:space="preserve">cause of damage to trees (10 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2666</t>
     </r>
   </si>
   <si>
-    <t>Ursache von Schäden an Bäumen und Sträuchern ab 12 cm Brusthöhendurchmesser (BHD) in zehn Klassen. Acht dieser Klassen beziehen sich ausschliesslich auf die stehenden lebenden Bäume und Sträucher ab 12 cm BHD und je eine Klasse bilden die liegenden lebenden (grünen) Bäume und Sträucher und die toten Bäume und Sträucher ab 12 cm BHD. Grundlage: Feldaufnahme (MID 1029: Baumschadenursache, MID 1018: Baumzustand)</t>
+    <t>Cause of damage to trees and shrubs ≥12 cm in diameter at breast height (dbh) – in ten classes. Eight of these classes focus exclusively on standing living trees and shrubs with dbh ≥12 cm, while one class applies to lying living trees and shrubs with dbh ≥12 cm, and one to dead trees and shrubs with dbh ≥12 cm. Reference: Field Survey (MID 1029: Baumschadenursache, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -809,52 +809,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P131"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="29.279" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -5606,305 +5606,305 @@
         <v>21</v>
       </c>
       <c r="N108" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O108" s="6" t="s">
         <v>21</v>
       </c>
       <c r="P108" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="109" spans="1:16" customHeight="1" ht="21.75">
       <c r="A109" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1346911/528668</t>
           </r>
         </is>
       </c>
       <c r="C109" s="3"/>
       <c r="D109" s="3"/>
       <c r="E109" s="3"/>
       <c r="F109" s="3"/>
       <c r="G109" s="3"/>
       <c r="H109" s="3"/>
       <c r="I109" s="3"/>
       <c r="J109" s="3"/>
       <c r="K109" s="3"/>
       <c r="L109" s="3"/>
       <c r="M109" s="3"/>
       <c r="N109" s="3"/>
       <c r="O109" s="3"/>
       <c r="P109" s="3"/>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gesamtstammzahl mit den zwei wichtigsten Schäden</t>
+            <t xml:space="preserve">total number of stems with two most important forms of damages</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #415</t>
           </r>
         </is>
       </c>
     </row>
     <row r="113" spans="1:16" customHeight="1" ht="29">
       <c r="A113" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gesamtstammzahl</t>
+            <t xml:space="preserve">total number of stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="116" spans="1:16" customHeight="1" ht="29">
       <c r="A116" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Neigung (20%-Klassen)</t>
+            <t xml:space="preserve">slope (in 20% classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1083</t>
           </r>
         </is>
       </c>
     </row>
     <row r="119" spans="1:16" customHeight="1" ht="29">
       <c r="A119" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ursache von Baumschäden (10 Klassen)</t>
+            <t xml:space="preserve">cause of damage to trees (10 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2666</t>
           </r>
         </is>
       </c>
     </row>
     <row r="122" spans="1:16" customHeight="1" ht="29">
       <c r="A122" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="125" spans="1:16" customHeight="1" ht="29">
       <c r="A125" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="128" spans="1:16" customHeight="1" ht="29">
       <c r="A128" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="131" spans="1:16" customHeight="1" ht="29">
       <c r="A131" s="1" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>