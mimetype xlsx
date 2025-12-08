--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
-    <t>LFI5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>Gesamtstammzahl mit den zwei wichtigsten Schäden geteilt durch Gesamtstammzahl</t>
+    <t>total number of stems with two most important forms of damages divided by total number of stems</t>
   </si>
   <si>
-    <t>Neigung (20%-Klassen) · Ursache von Baumschäden (10 Klassen)</t>
+    <t>slope (in 20% classes) · cause of damage to trees (10 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>Kanton</t>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,349 +172,349 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>Neigung (20%-Klassen)</t>
+    <t>slope (in 20% classes)</t>
   </si>
   <si>
-    <t>Ursache von Baumschäden (10 Klassen)</t>
+    <t>cause of damage to trees (10 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>kein sichtbarer Schaden</t>
+    <t>no visible damage</t>
   </si>
   <si>
-    <t>Feuer</t>
+    <t>fire</t>
   </si>
   <si>
-    <t>Steinschlag</t>
+    <t>rockfall</t>
   </si>
   <si>
-    <t>diverse</t>
+    <t>various</t>
   </si>
   <si>
-    <t>nicht bestimmbar</t>
+    <t>indeterminable</t>
   </si>
   <si>
-    <t>Holzernte</t>
+    <t>wood harvest</t>
   </si>
   <si>
-    <t>andere menschliche Tätigkeit</t>
+    <t>other human activity</t>
   </si>
   <si>
-    <t>Witterung</t>
+    <t>weather</t>
   </si>
   <si>
-    <t>liegende lebende Bäume</t>
+    <t>lying living trees</t>
   </si>
   <si>
-    <t>tote Bäume</t>
+    <t>dead trees</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
-    <t>bis 20 %</t>
+    <t>to 20%</t>
   </si>
   <si>
     <t>21-40 %</t>
   </si>
   <si>
     <t>41-60 %</t>
   </si>
   <si>
     <t>61-80 %</t>
   </si>
   <si>
     <t>81-100 %</t>
   </si>
   <si>
     <t>&gt;100%</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1346912/528669</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gesamtstammzahl mit den zwei wichtigsten Schäden</t>
+      <t xml:space="preserve">total number of stems with two most important forms of damages</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #415</t>
     </r>
   </si>
   <si>
-    <t>Anzahl lebende und tote Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD) mit Schäden. Berücksichtigt werden nur die zwei wichtigsten Schäden an einem Baum. Da ein Baum mehrere Schäden aufweisen kann, kann er mehrmals zur Gesamtstammzahl mit den zwei wichtigsten Schäden beitragen.</t>
+    <t>Number of living and dead trees and shrubs (standing and lying) ≥12 cm diameter at breast heigth (dbh) with damage. Only the two most important forms of damage to a tree are recorded. Since a tree may be damaged in different ways, it may contribute more than once to the total number of stems with the two most important forms of damage.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gesamtstammzahl</t>
+      <t xml:space="preserve">total number of stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Stämme aller lebenden und toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Die Gesamtstammzahl ist die Summe von Stammzahl und Totholzstammzahl.</t>
+    <t>Number of stems of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm. The total number of stems is the sum of the number of stems and the number of deadwood stems.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Neigung (20%-Klassen)</t>
+      <t xml:space="preserve">slope (in 20% classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1083</t>
     </r>
   </si>
   <si>
-    <t>Hangneigung in Klassen zu 20%. Grundlage: digitales Höhenmodell DHm²5 von Swisstopo</t>
+    <t>Slope in classes of 20%. Reference: Digital height model DHM 25 from Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Ursache von Baumschäden (10 Klassen)</t>
+      <t xml:space="preserve">cause of damage to trees (10 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2666</t>
     </r>
   </si>
   <si>
-    <t>Ursache von Schäden an Bäumen und Sträuchern ab 12 cm Brusthöhendurchmesser (BHD) in zehn Klassen. Acht dieser Klassen beziehen sich ausschliesslich auf die stehenden lebenden Bäume und Sträucher ab 12 cm BHD und je eine Klasse bilden die liegenden lebenden (grünen) Bäume und Sträucher und die toten Bäume und Sträucher ab 12 cm BHD. Grundlage: Feldaufnahme (MID 1029: Baumschadenursache, MID 1018: Baumzustand)</t>
+    <t>Cause of damage to trees and shrubs ≥12 cm in diameter at breast height (dbh) – in ten classes. Eight of these classes focus exclusively on standing living trees and shrubs with dbh ≥12 cm, while one class applies to lying living trees and shrubs with dbh ≥12 cm, and one to dead trees and shrubs with dbh ≥12 cm. Reference: Field Survey (MID 1029: Baumschadenursache, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -866,52 +866,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB131"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="29.279" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -16873,51 +16873,51 @@
         <v>40</v>
       </c>
       <c r="AZ108" s="6" t="s">
         <v>40</v>
       </c>
       <c r="BA108" s="6" t="s">
         <v>40</v>
       </c>
       <c r="BB108" s="6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="109" spans="1:54" customHeight="1" ht="21.75">
       <c r="A109" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1346912/528669</t>
           </r>
         </is>
       </c>
       <c r="C109" s="3"/>
       <c r="D109" s="3"/>
       <c r="E109" s="3"/>
       <c r="F109" s="3"/>
       <c r="G109" s="3"/>
       <c r="H109" s="3"/>
       <c r="I109" s="3"/>
       <c r="J109" s="3"/>
       <c r="K109" s="3"/>
       <c r="L109" s="3"/>
@@ -16955,261 +16955,261 @@
       <c r="AR109" s="3"/>
       <c r="AS109" s="3"/>
       <c r="AT109" s="3"/>
       <c r="AU109" s="3"/>
       <c r="AV109" s="3"/>
       <c r="AW109" s="3"/>
       <c r="AX109" s="3"/>
       <c r="AY109" s="3"/>
       <c r="AZ109" s="3"/>
       <c r="BA109" s="3"/>
       <c r="BB109" s="3"/>
     </row>
     <row r="112" spans="1:54">
       <c r="A112" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gesamtstammzahl mit den zwei wichtigsten Schäden</t>
+            <t xml:space="preserve">total number of stems with two most important forms of damages</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #415</t>
           </r>
         </is>
       </c>
     </row>
     <row r="113" spans="1:54" customHeight="1" ht="29">
       <c r="A113" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="115" spans="1:54">
       <c r="A115" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gesamtstammzahl</t>
+            <t xml:space="preserve">total number of stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="116" spans="1:54" customHeight="1" ht="29">
       <c r="A116" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="118" spans="1:54">
       <c r="A118" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Neigung (20%-Klassen)</t>
+            <t xml:space="preserve">slope (in 20% classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1083</t>
           </r>
         </is>
       </c>
     </row>
     <row r="119" spans="1:54" customHeight="1" ht="29">
       <c r="A119" s="1" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="121" spans="1:54">
       <c r="A121" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ursache von Baumschäden (10 Klassen)</t>
+            <t xml:space="preserve">cause of damage to trees (10 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2666</t>
           </r>
         </is>
       </c>
     </row>
     <row r="122" spans="1:54" customHeight="1" ht="29">
       <c r="A122" s="1" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="124" spans="1:54">
       <c r="A124" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="125" spans="1:54" customHeight="1" ht="29">
       <c r="A125" s="1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="127" spans="1:54">
       <c r="A127" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="128" spans="1:54" customHeight="1" ht="29">
       <c r="A128" s="1" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="130" spans="1:54">
       <c r="A130" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="131" spans="1:54" customHeight="1" ht="29">
       <c r="A131" s="1" t="s">
         <v>72</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>