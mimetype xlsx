--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>total number of stems with two most important forms of damages divided by total number of stems</t>
+    <t>numero totale di fusti con danni (due danni principali) diviso per numero totale di fusti</t>
   </si>
   <si>
-    <t>slope (in 20% classes) · cause of damage to trees (10 classes)</t>
+    <t>pendenza (classi di 20%) · causa dei danni agli alberi (10 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>canton</t>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,349 +172,349 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>slope (in 20% classes)</t>
+    <t>pendenza (classi di 20%)</t>
   </si>
   <si>
-    <t>cause of damage to trees (10 classes)</t>
+    <t>causa dei danni agli alberi (10 classi)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no visible damage</t>
+    <t>nessun danno visibile</t>
   </si>
   <si>
-    <t>fire</t>
+    <t>fuoco</t>
   </si>
   <si>
-    <t>rockfall</t>
+    <t>caduta massi</t>
   </si>
   <si>
-    <t>various</t>
+    <t>diverse cause</t>
   </si>
   <si>
-    <t>indeterminable</t>
+    <t>non determinabile</t>
   </si>
   <si>
-    <t>wood harvest</t>
+    <t>raccolta del legname</t>
   </si>
   <si>
-    <t>other human activity</t>
+    <t>altra attività umana</t>
   </si>
   <si>
-    <t>weather</t>
+    <t>intemperie</t>
   </si>
   <si>
-    <t>lying living trees</t>
+    <t>alberi vivi a terra</t>
   </si>
   <si>
-    <t>dead trees</t>
+    <t>alberi morti</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>to 20%</t>
+    <t>fino al 20%</t>
   </si>
   <si>
     <t>21-40 %</t>
   </si>
   <si>
     <t>41-60 %</t>
   </si>
   <si>
     <t>61-80 %</t>
   </si>
   <si>
     <t>81-100 %</t>
   </si>
   <si>
     <t>&gt;100%</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1346912/528669</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total number of stems with two most important forms of damages</t>
+      <t xml:space="preserve">numero totale di fusti con danni (due danni principali)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #415</t>
     </r>
   </si>
   <si>
-    <t>Number of living and dead trees and shrubs (standing and lying) ≥12 cm diameter at breast heigth (dbh) with damage. Only the two most important forms of damage to a tree are recorded. Since a tree may be damaged in different ways, it may contribute more than once to the total number of stems with the two most important forms of damage.</t>
+    <t>Numero di fusti degli alberi e arbusti vivi e morti (in piedi e a terra) a partire da 12 cm di diametro a petto d'uomo (DPU) con danni. Vengono considerati solamente i due danni principali di un albero. Visto che un albero può avere diversi danni, esso può contribuire più volte al numero totale di fusti danneggiati.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total number of stems</t>
+      <t xml:space="preserve">numero totale di fusti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm. The total number of stems is the sum of the number of stems and the number of deadwood stems.</t>
+    <t>Numero di fusti di tutti gli alberi e arbusti vivi e morti (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm. Il numero totale di fusti corrisponde alla somma del numero di fusti e del numero di fusti morti.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">slope (in 20% classes)</t>
+      <t xml:space="preserve">pendenza (classi di 20%)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1083</t>
     </r>
   </si>
   <si>
-    <t>Slope in classes of 20%. Reference: Digital height model DHM 25 from Swisstopo</t>
+    <t>Pendenza in classi di 20%. Fonte: modello digitale DHm²5 di Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cause of damage to trees (10 classes)</t>
+      <t xml:space="preserve">causa dei danni agli alberi (10 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2666</t>
     </r>
   </si>
   <si>
-    <t>Cause of damage to trees and shrubs ≥12 cm in diameter at breast height (dbh) – in ten classes. Eight of these classes focus exclusively on standing living trees and shrubs with dbh ≥12 cm, while one class applies to lying living trees and shrubs with dbh ≥12 cm, and one to dead trees and shrubs with dbh ≥12 cm. Reference: Field Survey (MID 1029: Baumschadenursache, MID 1018: Baumzustand)</t>
+    <t>Causa dei danni agli alberi e agli arbusti a partire da un diametro di 12 cm a petto d'uomo (DPU), in dieci classi. Otto di queste classi riguardano esclusivamente gli alberi e gli arbusti vivi in piedi a partire da 12 cm di DPU, mentre una classe è formata dagli alberi e dagli arbusti vivi a terra e un'altra dagli alberi e dagli arbusti morti a partire da 12 cm di DPU. Fonte: rilievo sul terreno (MID 1029: Baumschadenursache, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -866,52 +866,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB131"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="29.279" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -16873,51 +16873,51 @@
         <v>40</v>
       </c>
       <c r="AZ108" s="6" t="s">
         <v>40</v>
       </c>
       <c r="BA108" s="6" t="s">
         <v>40</v>
       </c>
       <c r="BB108" s="6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="109" spans="1:54" customHeight="1" ht="21.75">
       <c r="A109" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1346912/528669</t>
           </r>
         </is>
       </c>
       <c r="C109" s="3"/>
       <c r="D109" s="3"/>
       <c r="E109" s="3"/>
       <c r="F109" s="3"/>
       <c r="G109" s="3"/>
       <c r="H109" s="3"/>
       <c r="I109" s="3"/>
       <c r="J109" s="3"/>
       <c r="K109" s="3"/>
       <c r="L109" s="3"/>
@@ -16955,261 +16955,261 @@
       <c r="AR109" s="3"/>
       <c r="AS109" s="3"/>
       <c r="AT109" s="3"/>
       <c r="AU109" s="3"/>
       <c r="AV109" s="3"/>
       <c r="AW109" s="3"/>
       <c r="AX109" s="3"/>
       <c r="AY109" s="3"/>
       <c r="AZ109" s="3"/>
       <c r="BA109" s="3"/>
       <c r="BB109" s="3"/>
     </row>
     <row r="112" spans="1:54">
       <c r="A112" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total number of stems with two most important forms of damages</t>
+            <t xml:space="preserve">numero totale di fusti con danni (due danni principali)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #415</t>
           </r>
         </is>
       </c>
     </row>
     <row r="113" spans="1:54" customHeight="1" ht="29">
       <c r="A113" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="115" spans="1:54">
       <c r="A115" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total number of stems</t>
+            <t xml:space="preserve">numero totale di fusti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="116" spans="1:54" customHeight="1" ht="29">
       <c r="A116" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="118" spans="1:54">
       <c r="A118" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">slope (in 20% classes)</t>
+            <t xml:space="preserve">pendenza (classi di 20%)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1083</t>
           </r>
         </is>
       </c>
     </row>
     <row r="119" spans="1:54" customHeight="1" ht="29">
       <c r="A119" s="1" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="121" spans="1:54">
       <c r="A121" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cause of damage to trees (10 classes)</t>
+            <t xml:space="preserve">causa dei danni agli alberi (10 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2666</t>
           </r>
         </is>
       </c>
     </row>
     <row r="122" spans="1:54" customHeight="1" ht="29">
       <c r="A122" s="1" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="124" spans="1:54">
       <c r="A124" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="125" spans="1:54" customHeight="1" ht="29">
       <c r="A125" s="1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="127" spans="1:54">
       <c r="A127" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="128" spans="1:54" customHeight="1" ht="29">
       <c r="A128" s="1" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="130" spans="1:54">
       <c r="A130" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="131" spans="1:54" customHeight="1" ht="29">
       <c r="A131" s="1" t="s">
         <v>72</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>