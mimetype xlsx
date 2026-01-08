--- v0 (2025-11-17)
+++ v1 (2026-01-08)
@@ -14,365 +14,365 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>NaiS-Vegetationshöhenstufen (10 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>diversità delle specie legnose</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (10 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Index</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: indice</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Index</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>indice</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>obersubalpin</t>
-[...29 lines deleted...]
-    <t>Total</t>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana superiore (N)</t>
+  </si>
+  <si>
+    <t>montana inferiore (N)</t>
+  </si>
+  <si>
+    <t>montana inferiore/superiore (S)</t>
+  </si>
+  <si>
+    <t>submontana (N)</t>
+  </si>
+  <si>
+    <t>collinare con faggio (S)</t>
+  </si>
+  <si>
+    <t>collinare</t>
+  </si>
+  <si>
+    <t>iperinsubrica (S)</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1346965/528722</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gehölzartenvielfalt</t>
+      <t xml:space="preserve">diversità delle specie legnose</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #36</t>
     </r>
   </si>
   <si>
-    <t>Masszahl zur ökologischen Beurteilung von Waldbeständen, abgeleitet aus der Anzahl Gehölzarten ab 12 cm Brusthöhendurchmesser (BHD) und dem Vorkommen von Gehölzarten mit spezieller ökologischer Bedeutung (Weiden, Birken, Erlen, einheimische Pappeln, Eichen, Kastanie, Kirschbaum, Wildobst und Sorbus-Arten) in der Oberschicht.</t>
+    <t>Indicatore ecologico per valutare i popolamenti forestali in funzione del numero di specie legnose di almeno 12 cm di diametro a petto d'uomo (DPU) e della presenza, nello strato superiore del popolamento, di specie legnose con particolare valore ecologico (salici, betulle, ontani, pioppi autoctoni, querce, castagni, ciliegi, alberi da frutto selvatici e sorbi).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (10 Klassen)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (10 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2632</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005) in zehn Klassen, wobei die Klassen «hyperinsubrisch», «kollin mit Buche» und «unter-/obermontan» nur auf der Alpensüdseite (S), die Klassen «submontan», «untermontan», «obermontan» nur auf der Alpennordseite (N) und die Klassen «hochmontan», «subalpin» und «obersubalpin» auf beiden Seiten der Alpen vorkommen können. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005) in dieci classi, dove le classi «iperinsubrica», «collinare con faggio» e «montana inferiore/superiore» possono essere presenti solo a Sud delle Alpi (S), le classi «submontana», «montana inferiore», «montana superiore» solo sul versante settentrionale delle Alpi (N) e le classi «altimontana», «subalpina» e «subalpina superiore» su entrambi i versanti delle Alpi. Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -724,62 +724,62 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
@@ -1369,233 +1369,233 @@
         <v>2.8</v>
       </c>
       <c r="K24" s="6">
         <v>3</v>
       </c>
       <c r="L24" s="6">
         <v>2.6</v>
       </c>
       <c r="M24" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1346965/528722</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
       <c r="L25" s="3"/>
       <c r="M25" s="3"/>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gehölzartenvielfalt</t>
+            <t xml:space="preserve">diversità delle specie legnose</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #36</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (10 Klassen)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (10 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2632</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>