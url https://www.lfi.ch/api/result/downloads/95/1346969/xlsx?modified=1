--- v0 (2025-11-17)
+++ v1 (2026-01-08)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>NaiS-Vegetationshöhenstufen (10 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>diversità delle specie legnose</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (10 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: Index</t>
+      <t xml:space="preserve">: indice</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,267 +172,267 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
-[...2 lines deleted...]
-    <t>Index</t>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>indice</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>obersubalpin</t>
-[...29 lines deleted...]
-    <t>Total</t>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana superiore (N)</t>
+  </si>
+  <si>
+    <t>montana inferiore (N)</t>
+  </si>
+  <si>
+    <t>montana inferiore/superiore (S)</t>
+  </si>
+  <si>
+    <t>submontana (N)</t>
+  </si>
+  <si>
+    <t>collinare con faggio (S)</t>
+  </si>
+  <si>
+    <t>collinare</t>
+  </si>
+  <si>
+    <t>iperinsubrica (S)</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1346969/528726</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gehölzartenvielfalt</t>
+      <t xml:space="preserve">diversità delle specie legnose</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #36</t>
     </r>
   </si>
   <si>
-    <t>Masszahl zur ökologischen Beurteilung von Waldbeständen, abgeleitet aus der Anzahl Gehölzarten ab 12 cm Brusthöhendurchmesser (BHD) und dem Vorkommen von Gehölzarten mit spezieller ökologischer Bedeutung (Weiden, Birken, Erlen, einheimische Pappeln, Eichen, Kastanie, Kirschbaum, Wildobst und Sorbus-Arten) in der Oberschicht.</t>
+    <t>Indicatore ecologico per valutare i popolamenti forestali in funzione del numero di specie legnose di almeno 12 cm di diametro a petto d'uomo (DPU) e della presenza, nello strato superiore del popolamento, di specie legnose con particolare valore ecologico (salici, betulle, ontani, pioppi autoctoni, querce, castagni, ciliegi, alberi da frutto selvatici e sorbi).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (10 Klassen)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (10 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2632</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005) in zehn Klassen, wobei die Klassen «hyperinsubrisch», «kollin mit Buche» und «unter-/obermontan» nur auf der Alpensüdseite (S), die Klassen «submontan», «untermontan», «obermontan» nur auf der Alpennordseite (N) und die Klassen «hochmontan», «subalpin» und «obersubalpin» auf beiden Seiten der Alpen vorkommen können. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005) in dieci classi, dove le classi «iperinsubrica», «collinare con faggio» e «montana inferiore/superiore» possono essere presenti solo a Sud delle Alpi (S), le classi «submontana», «montana inferiore», «montana superiore» solo sul versante settentrionale delle Alpi (N) e le classi «altimontana», «subalpina» e «subalpina superiore» su entrambi i versanti delle Alpi. Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -784,102 +784,102 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:53">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:53">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:53">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:53">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:53">
       <c r="A5" t="s">
@@ -3149,51 +3149,51 @@
         <v>3.5</v>
       </c>
       <c r="AY24" s="6">
         <v>4</v>
       </c>
       <c r="AZ24" s="6">
         <v>2.6</v>
       </c>
       <c r="BA24" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1346969/528726</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
@@ -3231,191 +3231,191 @@
       <c r="AQ25" s="3"/>
       <c r="AR25" s="3"/>
       <c r="AS25" s="3"/>
       <c r="AT25" s="3"/>
       <c r="AU25" s="3"/>
       <c r="AV25" s="3"/>
       <c r="AW25" s="3"/>
       <c r="AX25" s="3"/>
       <c r="AY25" s="3"/>
       <c r="AZ25" s="3"/>
       <c r="BA25" s="3"/>
     </row>
     <row r="28" spans="1:53">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gehölzartenvielfalt</t>
+            <t xml:space="preserve">diversità delle specie legnose</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #36</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:53" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="31" spans="1:53">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (10 Klassen)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (10 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2632</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:53" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="34" spans="1:53">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:53" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="37" spans="1:53">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:53" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="40" spans="1:53">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:53" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>60</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>