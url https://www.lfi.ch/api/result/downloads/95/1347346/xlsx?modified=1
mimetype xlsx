--- v0 (2026-01-11)
+++ v1 (2026-01-11)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>stadio di sviluppo</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Totholzvolumen (Derbholz ohne Asthaufen), liegend</t>
+  </si>
+  <si>
+    <t>Entwicklungsstufe</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m³</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 m³</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
-[...20 lines deleted...]
-    <t>totale</t>
+    <t>keine Angabe</t>
+  </si>
+  <si>
+    <t>Jungwuchs/Dickung</t>
+  </si>
+  <si>
+    <t>Stangenholz</t>
+  </si>
+  <si>
+    <t>schwaches Baumholz</t>
+  </si>
+  <si>
+    <t>mittleres Baumholz</t>
+  </si>
+  <si>
+    <t>starkes Baumholz</t>
+  </si>
+  <si>
+    <t>gemischt</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1347346/529103</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">volume di legno morto (l. comm. s. mucchio di rami) a terra</t>
+      <t xml:space="preserve">Totholzvolumen (Derbholz ohne Asthaufen), liegend</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #215</t>
     </r>
   </si>
   <si>
-    <t>Volume di legno morto a terra di almeno 7 cm di diametro (legno commerciabile) senza parti di legno commerciabile nei mucchi di rami.</t>
+    <t>Volumen des liegenden Totholzes ab 7 cm Durchmesser (Derbholz) ohne Derbholzstücke in Asthaufen.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stadio di sviluppo</t>
+      <t xml:space="preserve">Entwicklungsstufe</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #20</t>
     </r>
   </si>
   <si>
-    <t>Tappa nell'evoluzione di un popolamento, definito in base al diametro dominante (DPUdom = DPU dei 100 alberi più grossi ad ettaro). Novelleto/spessina: DPUdom &lt;12 cm, perticaia: DPUdom 12-30 cm, fustaia giovane: DPUdom 31-40 cm, fustaia adulta: DPUdom 41-50 cm, fustaia matura: DPUdom &gt;50 cm, misto: alberi di diversi stadi di sviluppo, nessuno stadio di sviluppo predominante oppure gruppi di diversi stadi di sviluppo più piccoli di 5 are. Fonte: rilievo sul terreno (MID 261: Entwicklungsstufe)</t>
+    <t>Etappe der Bestandesentwicklung, definiert durch den dominanten Brusthöhendurchmesser (BHDdom = BHD der 100 stärksten [dicksten] Bäume pro Hektare). Jungwuchs/Dickung: BHDdom &lt;12 cm, Stangenholz: BHDdom 12-30 cm, schwaches Baumholz: BHDdom 31-40 cm, mittleres Baumholz: BHDdom 41-50 cm, starkes Baumholz: BHDdom &gt;50 cm, gemischt: Bäume verschiedener Entwicklungsstufe, keine Entwicklungsstufe vorherrschend oder Gruppen verschiedener Entwicklungsstufen, die kleiner als 5 Aren sind. Grundlage: Feldaufnahme (MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1255,235 +1255,235 @@
         <v>3642</v>
       </c>
       <c r="M20" s="6">
         <v>12</v>
       </c>
       <c r="N20" s="6">
         <v>34386</v>
       </c>
       <c r="O20" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1347346/529103</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">volume di legno morto (l. comm. s. mucchio di rami) a terra</t>
+            <t xml:space="preserve">Totholzvolumen (Derbholz ohne Asthaufen), liegend</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #215</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stadio di sviluppo</t>
+            <t xml:space="preserve">Entwicklungsstufe</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #20</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>