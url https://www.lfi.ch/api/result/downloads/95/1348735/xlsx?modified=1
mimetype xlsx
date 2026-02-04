--- v0 (2025-12-18)
+++ v1 (2026-02-04)
@@ -14,409 +14,409 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>conifers and broadleaves · diameter at breast height (10 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di fusti</t>
+  </si>
+  <si>
+    <t>conifere e latifoglie · diametro a petto d'uomo (10 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...26 lines deleted...]
-    <t>diameter at breast height (10 classes)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>conifere e latifoglie</t>
+  </si>
+  <si>
+    <t>diametro a petto d'uomo (10 classi)</t>
   </si>
   <si>
     <t>1000 n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-30 cm</t>
   </si>
   <si>
     <t>31-40 cm</t>
   </si>
   <si>
     <t>41-50 cm</t>
   </si>
   <si>
     <t>51-60 cm</t>
   </si>
   <si>
     <t>61-70 cm</t>
   </si>
   <si>
     <t>71-80 cm</t>
   </si>
   <si>
     <t>81-90 cm</t>
   </si>
   <si>
     <t>91-100 cm</t>
   </si>
   <si>
     <t>&gt;100 cm</t>
   </si>
   <si>
-    <t>total</t>
-[...8 lines deleted...]
-    <t>indeterminable</t>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>conifere</t>
+  </si>
+  <si>
+    <t>latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348735/530492</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems</t>
+      <t xml:space="preserve">numero di fusti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Numero di fusti di tutti gli alberi e arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">conifere e latifoglie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diameter at breast height (10 classes)</t>
+      <t xml:space="preserve">diametro a petto d'uomo (10 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1317</t>
     </r>
   </si>
   <si>
-    <t>Diameter at breast height (dbh) of the trees and shrubs ≥12 cm dbh – in ten classes. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diametro a petto d'uomo (DPU) degli alberi e arbusti a partire da 12 cm di DPU, in dieci classi. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -768,52 +768,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="48.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -3457,268 +3457,268 @@
         <v>71300</v>
       </c>
       <c r="L72" s="6">
         <v>4</v>
       </c>
       <c r="M72" s="6">
         <v>484244</v>
       </c>
       <c r="N72" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:14" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348735/530492</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
       <c r="M73" s="3"/>
       <c r="N73" s="3"/>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems</t>
+            <t xml:space="preserve">numero di fusti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:14" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">conifere e latifoglie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:14" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diameter at breast height (10 classes)</t>
+            <t xml:space="preserve">diametro a petto d'uomo (10 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1317</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:14" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:14" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:14" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:14" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>