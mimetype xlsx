--- v0 (2026-01-11)
+++ v1 (2026-01-12)
@@ -14,394 +14,394 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>diametro a petto d'uomo (classi dimensionali) · conifere e latifoglie</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of stems</t>
+  </si>
+  <si>
+    <t>diameter at breast height (main diameter classes) · conifers and broadleaves</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...26 lines deleted...]
-    <t>conifere e latifoglie</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>diameter at breast height (main diameter classes)</t>
+  </si>
+  <si>
+    <t>conifers and broadleaves</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifere</t>
-[...8 lines deleted...]
-    <t>totale</t>
+    <t>conifers</t>
+  </si>
+  <si>
+    <t>broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <t>12-15 cm</t>
   </si>
   <si>
     <t>16-23 cm</t>
   </si>
   <si>
     <t>24-35 cm</t>
   </si>
   <si>
     <t>36-51 cm</t>
   </si>
   <si>
     <t>=52 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1349774/531531</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di fusti</t>
+      <t xml:space="preserve">number of stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti di tutti gli alberi e arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
+    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diametro a petto d'uomo (classi dimensionali)</t>
+      <t xml:space="preserve">diameter at breast height (main diameter classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1029</t>
     </r>
   </si>
   <si>
-    <t>Diametro a petto d'uomo (DPU) degli alberi e arbusti a partire da 12 cm di DPU suddiviso per classi dimensionali. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diameter at breast height (dbh) of trees and shrubs ≥12 cm dbh, classified in main diameter classes. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifere e latifoglie</t>
+      <t xml:space="preserve">conifers and broadleaves</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -756,52 +756,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="56.415" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="61.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -2399,268 +2399,268 @@
         <v>496</v>
       </c>
       <c r="L47" s="7">
         <v>4</v>
       </c>
       <c r="M47" s="7">
         <v>412</v>
       </c>
       <c r="N47" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:14" customHeight="1" ht="21.75">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1349774/531531</t>
           </r>
         </is>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="J48" s="3"/>
       <c r="K48" s="3"/>
       <c r="L48" s="3"/>
       <c r="M48" s="3"/>
       <c r="N48" s="3"/>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di fusti</t>
+            <t xml:space="preserve">number of stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:14" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diametro a petto d'uomo (classi dimensionali)</t>
+            <t xml:space="preserve">diameter at breast height (main diameter classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1029</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:14" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifere e latifoglie</t>
+            <t xml:space="preserve">conifers and broadleaves</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:14" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:14" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:14" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="67" spans="1:14" customHeight="1" ht="29">
       <c r="A67" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>