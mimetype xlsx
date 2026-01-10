--- v0 (2026-01-10)
+++ v1 (2026-01-10)
@@ -14,209 +14,209 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
-    <t>LFI5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>Stammzahl</t>
+    <t>number of stems</t>
   </si>
   <si>
-    <t>Brusthöhendurchmesser (4-cm-Stufen) · Hauptbaumart</t>
+    <t>diameter at breast height (in 4 cm classes) · main tree species</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Zwischentotal</t>
+      <t xml:space="preserve">: %, subtotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>Produktionsregion</t>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
+    <t>Plateau</t>
   </si>
   <si>
-    <t>Voralpen</t>
+    <t>Pre-Alps</t>
   </si>
   <si>
-    <t>Alpen</t>
+    <t>Alps</t>
   </si>
   <si>
-    <t>Alpensüdseite</t>
+    <t>Southern Alps</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>Brusthöhendurchmesser (4-cm-Stufen)</t>
+    <t>diameter at breast height (in 4 cm classes)</t>
   </si>
   <si>
-    <t>Hauptbaumart</t>
+    <t>main tree species</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
+    <t>spruce</t>
   </si>
   <si>
-    <t>Tanne</t>
+    <t>fir</t>
   </si>
   <si>
-    <t>Föhre</t>
+    <t>pine</t>
   </si>
   <si>
-    <t>Lärche</t>
+    <t>larch</t>
   </si>
   <si>
-    <t>Arve</t>
+    <t>Arolla pine</t>
   </si>
   <si>
-    <t>übrige Nadelhölzer</t>
+    <t>other conifers</t>
   </si>
   <si>
-    <t>Buche</t>
+    <t>beech</t>
   </si>
   <si>
-    <t>Ahorn</t>
+    <t>maple</t>
   </si>
   <si>
-    <t>Esche</t>
+    <t>ash</t>
   </si>
   <si>
-    <t>Eiche</t>
+    <t>oak</t>
   </si>
   <si>
-    <t>Kastanie</t>
+    <t>sweet chestnut</t>
   </si>
   <si>
-    <t>übrige Laubhölzer</t>
+    <t>other broadleaves</t>
   </si>
   <si>
-    <t>nicht bestimmbar</t>
+    <t>indeterminable</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
     <t>12-15 cm</t>
   </si>
   <si>
     <t>16-19 cm</t>
   </si>
   <si>
     <t>20-23 cm</t>
   </si>
   <si>
     <t>24-27 cm</t>
   </si>
   <si>
     <t>28-31 cm</t>
   </si>
   <si>
     <t>32-35 cm</t>
   </si>
   <si>
     <t>36-39 cm</t>
   </si>
   <si>
     <t>40-43 cm</t>
   </si>
@@ -329,238 +329,238 @@
     <t>184-187 cm</t>
   </si>
   <si>
     <t>188-191 cm</t>
   </si>
   <si>
     <t>192-195 cm</t>
   </si>
   <si>
     <t>196-199 cm</t>
   </si>
   <si>
     <t>=200 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1349913/531670</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Stammzahl</t>
+      <t xml:space="preserve">number of stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Stämme der lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD).</t>
+    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Brusthöhendurchmesser (4-cm-Stufen)</t>
+      <t xml:space="preserve">diameter at breast height (in 4 cm classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1030</t>
     </r>
   </si>
   <si>
-    <t>Brusthöhendurchmesser (BHD) der Bäume und Sträucher ab 12 cm BHD nach Durchmesserstufe (4-cm-Stufen). Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diameter at breast height (dbh) of trees and shrubs ≥12 cm dbh - in classes of 4 cm. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hauptbaumart</t>
+      <t xml:space="preserve">main tree species</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -915,52 +915,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N782"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -32674,268 +32674,268 @@
         <v>100.0</v>
       </c>
       <c r="L762" s="7" t="s">
         <v>20</v>
       </c>
       <c r="M762" s="7">
         <v>100.0</v>
       </c>
       <c r="N762" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="763" spans="1:14" customHeight="1" ht="21.75">
       <c r="A763" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1349913/531670</t>
           </r>
         </is>
       </c>
       <c r="C763" s="3"/>
       <c r="D763" s="3"/>
       <c r="E763" s="3"/>
       <c r="F763" s="3"/>
       <c r="G763" s="3"/>
       <c r="H763" s="3"/>
       <c r="I763" s="3"/>
       <c r="J763" s="3"/>
       <c r="K763" s="3"/>
       <c r="L763" s="3"/>
       <c r="M763" s="3"/>
       <c r="N763" s="3"/>
     </row>
     <row r="766" spans="1:14">
       <c r="A766" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Stammzahl</t>
+            <t xml:space="preserve">number of stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="767" spans="1:14" customHeight="1" ht="29">
       <c r="A767" s="1" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="769" spans="1:14">
       <c r="A769" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Brusthöhendurchmesser (4-cm-Stufen)</t>
+            <t xml:space="preserve">diameter at breast height (in 4 cm classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1030</t>
           </r>
         </is>
       </c>
     </row>
     <row r="770" spans="1:14" customHeight="1" ht="29">
       <c r="A770" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="772" spans="1:14">
       <c r="A772" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hauptbaumart</t>
+            <t xml:space="preserve">main tree species</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="773" spans="1:14" customHeight="1" ht="29">
       <c r="A773" s="1" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="775" spans="1:14">
       <c r="A775" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="776" spans="1:14" customHeight="1" ht="29">
       <c r="A776" s="1" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="778" spans="1:14">
       <c r="A778" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="779" spans="1:14" customHeight="1" ht="29">
       <c r="A779" s="1" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="781" spans="1:14">
       <c r="A781" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="782" spans="1:14" customHeight="1" ht="29">
       <c r="A782" s="1" t="s">
         <v>95</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>