--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,418 +14,418 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>gigante (no/sì) · specie arborea principale</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of stems</t>
+  </si>
+  <si>
+    <t>giant (yes/no) · main tree species</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotale</t>
+      <t xml:space="preserve">: %, subtotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...29 lines deleted...]
-    <t>specie arborea principale</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>giant (yes/no)</t>
+  </si>
+  <si>
+    <t>main tree species</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>abete rosso</t>
-[...38 lines deleted...]
-    <t>totale</t>
+    <t>spruce</t>
+  </si>
+  <si>
+    <t>fir</t>
+  </si>
+  <si>
+    <t>pine</t>
+  </si>
+  <si>
+    <t>larch</t>
+  </si>
+  <si>
+    <t>Arolla pine</t>
+  </si>
+  <si>
+    <t>other conifers</t>
+  </si>
+  <si>
+    <t>beech</t>
+  </si>
+  <si>
+    <t>maple</t>
+  </si>
+  <si>
+    <t>ash</t>
+  </si>
+  <si>
+    <t>oak</t>
+  </si>
+  <si>
+    <t>sweet chestnut</t>
+  </si>
+  <si>
+    <t>other broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
-    <t>sì</t>
+    <t>yes</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1353052/534809</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di fusti</t>
+      <t xml:space="preserve">number of stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti di tutti gli alberi e arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
+    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">gigante (no/sì)</t>
+      <t xml:space="preserve">giant (yes/no)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1282</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione degli alberi e arbusti a partire da un diametro a petto d'uomo (DPU) di 12 cm in due classi, ossia «non gigante» (DPU fino a 80 cm) e «gigante» (DPU superiore a 80 cm). Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Classification of trees and shrubs ≥12 cm in diameter at breast height (dbh) into two classes according to their dbh: «not giant» (dbh ≤80 cm) or «giant» (dbh &gt;80 cm). Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">specie arborea principale</t>
+      <t xml:space="preserve">main tree species</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -777,52 +777,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="19.852" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -3838,270 +3838,270 @@
         <v>100.0</v>
       </c>
       <c r="N72" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O72" s="6">
         <v>100.0</v>
       </c>
       <c r="P72" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="73" spans="1:16" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1353052/534809</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
       <c r="M73" s="3"/>
       <c r="N73" s="3"/>
       <c r="O73" s="3"/>
       <c r="P73" s="3"/>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di fusti</t>
+            <t xml:space="preserve">number of stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:16" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">gigante (no/sì)</t>
+            <t xml:space="preserve">giant (yes/no)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:16" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">specie arborea principale</t>
+            <t xml:space="preserve">main tree species</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:16" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:16" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:16" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:16" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>