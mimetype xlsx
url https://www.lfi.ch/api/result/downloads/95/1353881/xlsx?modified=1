--- v0 (2026-01-23)
+++ v1 (2026-01-24)
@@ -14,451 +14,451 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
-    <t>IFN5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>surface terrière</t>
+    <t>basal area</t>
   </si>
   <si>
-    <t>diamètre à hauteur de poitrine (classes de diamètre) · essence principale</t>
+    <t>diameter at breast height (main diameter classes) · main tree species</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: région économique</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>région économique</t>
+    <t>economic region</t>
   </si>
   <si>
-    <t>Ouest du Jura</t>
+    <t>Western Jura</t>
   </si>
   <si>
-    <t>Est du Jura</t>
+    <t>Eastern Jura</t>
   </si>
   <si>
-    <t>Ouest du Plateau</t>
+    <t>Western Plateau</t>
   </si>
   <si>
-    <t>Centre du Plateau</t>
+    <t>Central Plateau</t>
   </si>
   <si>
-    <t>Est du Plateau</t>
+    <t>Eastern Plateau</t>
   </si>
   <si>
-    <t>Ouest des Préalpes</t>
+    <t>Western Pre-Alps</t>
   </si>
   <si>
-    <t>Centre des Préalpes</t>
+    <t>Central Pre-Alps</t>
   </si>
   <si>
-    <t>Est des Préalpes</t>
+    <t>Eastern Pre-Alps</t>
   </si>
   <si>
-    <t>Nord-ouest des Alpes</t>
+    <t>Northwestern Alps</t>
   </si>
   <si>
-    <t>Centre des Alpes</t>
+    <t>Central Alps</t>
   </si>
   <si>
-    <t>Nord-est des Alpes</t>
+    <t>Northeastern Alps</t>
   </si>
   <si>
-    <t>Sud-ouest des Alpes</t>
+    <t>Southwestern Alps</t>
   </si>
   <si>
-    <t>Sud-est des Alpes</t>
+    <t>Southeastern Alps</t>
   </si>
   <si>
-    <t>Sud des Alpes</t>
+    <t>Southern Alps</t>
   </si>
   <si>
-    <t>Suisse</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>diamètre à hauteur de poitrine (classes de diamètre)</t>
+    <t>diameter at breast height (main diameter classes)</t>
   </si>
   <si>
-    <t>essence principale</t>
+    <t>main tree species</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>épicéa</t>
+    <t>spruce</t>
   </si>
   <si>
-    <t>sapin</t>
+    <t>fir</t>
   </si>
   <si>
-    <t>pin</t>
+    <t>pine</t>
   </si>
   <si>
-    <t>mélèze</t>
+    <t>larch</t>
   </si>
   <si>
-    <t>arole</t>
+    <t>Arolla pine</t>
   </si>
   <si>
-    <t>autres résineux</t>
+    <t>other conifers</t>
   </si>
   <si>
-    <t>hêtre</t>
+    <t>beech</t>
   </si>
   <si>
-    <t>érable</t>
+    <t>maple</t>
   </si>
   <si>
-    <t>frêne</t>
+    <t>ash</t>
   </si>
   <si>
-    <t>chêne</t>
+    <t>oak</t>
   </si>
   <si>
-    <t>châtaignier</t>
+    <t>sweet chestnut</t>
   </si>
   <si>
-    <t>autres feuillus</t>
+    <t>other broadleaves</t>
   </si>
   <si>
-    <t>indéterminable</t>
+    <t>indeterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <t>12-15 cm</t>
   </si>
   <si>
     <t>16-23 cm</t>
   </si>
   <si>
     <t>24-35 cm</t>
   </si>
   <si>
     <t>36-51 cm</t>
   </si>
   <si>
     <t>=52 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1353881/535638</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface terrière</t>
+      <t xml:space="preserve">basal area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Somme des sections transversales à 1,3 m de hauteur de tous les arbres et arbustes vifs (sur pied et à terre) avec un diamètre à hauteur de poitrine (DHP) d’au moins 12 cm.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diamètre à hauteur de poitrine (classes de diamètre)</t>
+      <t xml:space="preserve">diameter at breast height (main diameter classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1029</t>
     </r>
   </si>
   <si>
-    <t>Diamètre à hauteur de poitrine (DHP) des arbres et arbustes à partir de 12 cm de DHP, en classes de diamètre. Source: relevé de terrain (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diameter at breast height (dbh) of trees and shrubs ≥12 cm dbh, classified in main diameter classes. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">essence principale</t>
+      <t xml:space="preserve">main tree species</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Espèce d'arbre et d'arbuste à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes individuelles pour les dix espèces ou groupes d'espèces les plus fréquents en Suisse («essences principales») et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Les essences principales sont les épicéas (Picea spp.), les sapins (Abies spp.), les pins (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), les mélèzes (Larix spp.), l'arole (Pinus cembra), le hêtre (Fagus sylvatica), les érables (Acer spp.), les frênes (Fraxinus spp.), les chênes (Quercus spp.) et le châtaignier (Castanea sativa). Source: relevé de terrain (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région économique</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -813,52 +813,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF137"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="64.699" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="61.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -11192,51 +11192,51 @@
         <v>29.3</v>
       </c>
       <c r="AD117" s="7">
         <v>4</v>
       </c>
       <c r="AE117" s="7">
         <v>30.7</v>
       </c>
       <c r="AF117" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:32" customHeight="1" ht="21.75">
       <c r="A118" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1353881/535638</t>
           </r>
         </is>
       </c>
       <c r="C118" s="3"/>
       <c r="D118" s="3"/>
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
       <c r="H118" s="3"/>
       <c r="I118" s="3"/>
       <c r="J118" s="3"/>
       <c r="K118" s="3"/>
       <c r="L118" s="3"/>
@@ -11252,226 +11252,226 @@
       <c r="V118" s="3"/>
       <c r="W118" s="3"/>
       <c r="X118" s="3"/>
       <c r="Y118" s="3"/>
       <c r="Z118" s="3"/>
       <c r="AA118" s="3"/>
       <c r="AB118" s="3"/>
       <c r="AC118" s="3"/>
       <c r="AD118" s="3"/>
       <c r="AE118" s="3"/>
       <c r="AF118" s="3"/>
     </row>
     <row r="121" spans="1:32">
       <c r="A121" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface terrière</t>
+            <t xml:space="preserve">basal area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="122" spans="1:32" customHeight="1" ht="29">
       <c r="A122" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="124" spans="1:32">
       <c r="A124" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diamètre à hauteur de poitrine (classes de diamètre)</t>
+            <t xml:space="preserve">diameter at breast height (main diameter classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1029</t>
           </r>
         </is>
       </c>
     </row>
     <row r="125" spans="1:32" customHeight="1" ht="29">
       <c r="A125" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="127" spans="1:32">
       <c r="A127" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">essence principale</t>
+            <t xml:space="preserve">main tree species</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="128" spans="1:32" customHeight="1" ht="29">
       <c r="A128" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="130" spans="1:32">
       <c r="A130" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région économique</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="131" spans="1:32" customHeight="1" ht="29">
       <c r="A131" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="133" spans="1:32">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="134" spans="1:32" customHeight="1" ht="29">
       <c r="A134" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="136" spans="1:32">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:32" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
         <v>61</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>