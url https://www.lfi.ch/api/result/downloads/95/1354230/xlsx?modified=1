--- v0 (2025-10-26)
+++ v1 (2025-12-13)
@@ -14,418 +14,418 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Schutzwald gegen Gerinneprozesse (2022) · Hauptbaumart</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>surface terrière</t>
+  </si>
+  <si>
+    <t>forêt de protection contre des processus liés aux cours d'eau (2022) · essence principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">: région biogéographique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>biogeografische Region</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région biogéographique</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...20 lines deleted...]
-    <t>Hauptbaumart</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>nord des Alpes</t>
+  </si>
+  <si>
+    <t>ouest des Alpes centrales</t>
+  </si>
+  <si>
+    <t>est des Alpes centrales</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>forêt de protection contre des processus liés aux cours d'eau (2022)</t>
+  </si>
+  <si>
+    <t>essence principale</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
-[...44 lines deleted...]
-    <t>ausserhalb</t>
+    <t>épicéa</t>
+  </si>
+  <si>
+    <t>sapin</t>
+  </si>
+  <si>
+    <t>pin</t>
+  </si>
+  <si>
+    <t>mélèze</t>
+  </si>
+  <si>
+    <t>arole</t>
+  </si>
+  <si>
+    <t>autres résineux</t>
+  </si>
+  <si>
+    <t>hêtre</t>
+  </si>
+  <si>
+    <t>érable</t>
+  </si>
+  <si>
+    <t>frêne</t>
+  </si>
+  <si>
+    <t>chêne</t>
+  </si>
+  <si>
+    <t>châtaignier</t>
+  </si>
+  <si>
+    <t>autres feuillus</t>
+  </si>
+  <si>
+    <t>indéterminable</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>à l'interieur</t>
+  </si>
+  <si>
+    <t>à l'extérieur</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1354230/535987</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Basalfläche</t>
+      <t xml:space="preserve">surface terrière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
+    <t>Somme des sections transversales à 1,3 m de hauteur de tous les arbres et arbustes vifs (sur pied et à terre) avec un diamètre à hauteur de poitrine (DHP) d’au moins 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald gegen Gerinneprozesse (2022)</t>
+      <t xml:space="preserve">forêt de protection contre des processus liés aux cours d'eau (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2643</t>
     </r>
   </si>
   <si>
-    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Gerinneprozesse, den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
+    <t>Zone située à l'intérieur/à l'extérieur d'une forêt de protection contre les processus liés aux cours d'eau délimitée en 2022 par les cantons selon les critères harmonisés de SilvaProtect-CH. Source: données SIG de l'OFEV, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hauptbaumart</t>
+      <t xml:space="preserve">essence principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Espèce d'arbre et d'arbuste à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes individuelles pour les dix espèces ou groupes d'espèces les plus fréquents en Suisse («essences principales») et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Les essences principales sont les épicéas (Picea spp.), les sapins (Abies spp.), les pins (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), les mélèzes (Larix spp.), l'arole (Pinus cembra), le hêtre (Fagus sylvatica), les érables (Acer spp.), les frênes (Fraxinus spp.), les chênes (Quercus spp.) et le châtaignier (Castanea sativa). Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">région biogéographique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -777,52 +777,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="83.551" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -3838,270 +3838,270 @@
         <v>29.9</v>
       </c>
       <c r="N72" s="6">
         <v>4</v>
       </c>
       <c r="O72" s="6">
         <v>31.1</v>
       </c>
       <c r="P72" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:16" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1354230/535987</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
       <c r="M73" s="3"/>
       <c r="N73" s="3"/>
       <c r="O73" s="3"/>
       <c r="P73" s="3"/>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Basalfläche</t>
+            <t xml:space="preserve">surface terrière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:16" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald gegen Gerinneprozesse (2022)</t>
+            <t xml:space="preserve">forêt de protection contre des processus liés aux cours d'eau (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2643</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:16" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hauptbaumart</t>
+            <t xml:space="preserve">essence principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:16" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">région biogéographique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:16" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:16" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:16" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>