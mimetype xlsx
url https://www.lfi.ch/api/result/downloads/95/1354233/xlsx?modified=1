--- v0 (2025-10-26)
+++ v1 (2025-12-15)
@@ -14,418 +14,418 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>forêt de protection contre des processus liés aux cours d'eau (2022) · essence principale</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>basal area</t>
+  </si>
+  <si>
+    <t>protection forest against channel processes (2022) · main tree species</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: région de forêt protectrice</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...29 lines deleted...]
-    <t>essence principale</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>protection forest against channel processes (2022)</t>
+  </si>
+  <si>
+    <t>main tree species</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>épicéa</t>
-[...35 lines deleted...]
-    <t>indéterminable</t>
+    <t>spruce</t>
+  </si>
+  <si>
+    <t>fir</t>
+  </si>
+  <si>
+    <t>pine</t>
+  </si>
+  <si>
+    <t>larch</t>
+  </si>
+  <si>
+    <t>Arolla pine</t>
+  </si>
+  <si>
+    <t>other conifers</t>
+  </si>
+  <si>
+    <t>beech</t>
+  </si>
+  <si>
+    <t>maple</t>
+  </si>
+  <si>
+    <t>ash</t>
+  </si>
+  <si>
+    <t>oak</t>
+  </si>
+  <si>
+    <t>sweet chestnut</t>
+  </si>
+  <si>
+    <t>other broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>à l'interieur</t>
-[...2 lines deleted...]
-    <t>à l'extérieur</t>
+    <t>inside</t>
+  </si>
+  <si>
+    <t>outside</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1354233/535990</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface terrière</t>
+      <t xml:space="preserve">basal area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Somme des sections transversales à 1,3 m de hauteur de tous les arbres et arbustes vifs (sur pied et à terre) avec un diamètre à hauteur de poitrine (DHP) d’au moins 12 cm.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt de protection contre des processus liés aux cours d'eau (2022)</t>
+      <t xml:space="preserve">protective forest against channel processes (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2643</t>
     </r>
   </si>
   <si>
-    <t>Zone située à l'intérieur/à l'extérieur d'une forêt de protection contre les processus liés aux cours d'eau délimitée en 2022 par les cantons selon les critères harmonisés de SilvaProtect-CH. Source: données SIG de l'OFEV, 2022</t>
+    <t>Area in/outside a forest that provides protection against channel processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">essence principale</t>
+      <t xml:space="preserve">main tree species</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Espèce d'arbre et d'arbuste à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes individuelles pour les dix espèces ou groupes d'espèces les plus fréquents en Suisse («essences principales») et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Les essences principales sont les épicéas (Picea spp.), les sapins (Abies spp.), les pins (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), les mélèzes (Larix spp.), l'arole (Pinus cembra), le hêtre (Fagus sylvatica), les érables (Acer spp.), les frênes (Fraxinus spp.), les chênes (Quercus spp.) et le châtaignier (Castanea sativa). Source: relevé de terrain (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de forêt protectrice</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -777,52 +777,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="83.551" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -3838,270 +3838,270 @@
         <v>29.3</v>
       </c>
       <c r="N72" s="6">
         <v>4</v>
       </c>
       <c r="O72" s="6">
         <v>30.7</v>
       </c>
       <c r="P72" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:16" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1354233/535990</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
       <c r="M73" s="3"/>
       <c r="N73" s="3"/>
       <c r="O73" s="3"/>
       <c r="P73" s="3"/>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface terrière</t>
+            <t xml:space="preserve">basal area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:16" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt de protection contre des processus liés aux cours d'eau (2022)</t>
+            <t xml:space="preserve">protective forest against channel processes (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2643</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:16" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">essence principale</t>
+            <t xml:space="preserve">main tree species</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:16" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de forêt protectrice</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:16" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:16" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:16" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>