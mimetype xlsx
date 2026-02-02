--- v1 (2025-12-15)
+++ v2 (2026-02-02)
@@ -14,418 +14,418 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>protection forest against channel processes (2022) · main tree species</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>area basimetrica</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro processi idrologici nei torrenti (2022) · specie arborea principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>main tree species</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro processi idrologici nei torrenti (2022)</t>
+  </si>
+  <si>
+    <t>specie arborea principale</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
-[...44 lines deleted...]
-    <t>outside</t>
+    <t>abete rosso</t>
+  </si>
+  <si>
+    <t>abete bianco</t>
+  </si>
+  <si>
+    <t>pino</t>
+  </si>
+  <si>
+    <t>larice</t>
+  </si>
+  <si>
+    <t>cembro</t>
+  </si>
+  <si>
+    <t>altre conifere</t>
+  </si>
+  <si>
+    <t>faggio</t>
+  </si>
+  <si>
+    <t>acero</t>
+  </si>
+  <si>
+    <t>frassino</t>
+  </si>
+  <si>
+    <t>quercia</t>
+  </si>
+  <si>
+    <t>castagno</t>
+  </si>
+  <si>
+    <t>altre latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>all'interno</t>
+  </si>
+  <si>
+    <t>all'esterno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1354233/535990</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">area basimetrica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against channel processes (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro processi idrologici nei torrenti (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2643</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against channel processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro processi idrologici nei torrenti, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">specie arborea principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -777,52 +777,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -3838,270 +3838,270 @@
         <v>29.3</v>
       </c>
       <c r="N72" s="6">
         <v>4</v>
       </c>
       <c r="O72" s="6">
         <v>30.7</v>
       </c>
       <c r="P72" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:16" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1354233/535990</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
       <c r="M73" s="3"/>
       <c r="N73" s="3"/>
       <c r="O73" s="3"/>
       <c r="P73" s="3"/>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">area basimetrica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:16" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against channel processes (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro processi idrologici nei torrenti (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2643</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:16" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">specie arborea principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:16" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:16" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:16" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:16" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>