--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>fonction de protection contre le vent</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>forest function 'windbreak'</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: région économique</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, total de colonne</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...54 lines deleted...]
-    <t>Suisse</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>non</t>
-[...2 lines deleted...]
-    <t>oui</t>
+    <t>no</t>
+  </si>
+  <si>
+    <t>yes</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1354269/536026</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface forestière</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fonction de protection contre le vent</t>
+      <t xml:space="preserve">forest function 'windbreak'</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #478</t>
     </r>
   </si>
   <si>
-    <t>Indication de la fonction «protection contre le vent» selon la planification forestière ou l'évaluation experte par le service forestier local. La fonction «protection contre le vent» comprend généralement les forêts ou les bandes forestières qui protègent les terres agricoles du vent. Source: enquête auprès des services forestiers (MID 327: Fonctions particulières de la forêt)</t>
+    <t>Presence of the forest function 'windbreak' according to forest plans or an assessment by the local forest service. The forest function 'windbreak' generally includes the forests or forest strips that protect agricultural land against wind. Reference: Forest Service Survey (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région économique</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,51 +727,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1386,51 +1386,51 @@
         <v>100.0</v>
       </c>
       <c r="AC16" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD16" s="6">
         <v>100.0</v>
       </c>
       <c r="AE16" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:31" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1354269/536026</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1446,191 +1446,191 @@
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3"/>
       <c r="AE17" s="3"/>
     </row>
     <row r="20" spans="1:31">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface forestière</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fonction de protection contre le vent</t>
+            <t xml:space="preserve">forest function 'windbreak'</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #478</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région économique</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>