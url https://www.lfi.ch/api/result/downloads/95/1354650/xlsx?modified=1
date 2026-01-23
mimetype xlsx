--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>pasturing intensity</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Beweidungsintensität</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,252 +172,252 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>no pasturing or n/a</t>
+    <t>keine Beweidung/keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>extensive, not current</t>
-[...14 lines deleted...]
-    <t>total</t>
+    <t>extensiv, nicht aktuell</t>
+  </si>
+  <si>
+    <t>extensiv, aktuell</t>
+  </si>
+  <si>
+    <t>intensiv, nicht aktuell</t>
+  </si>
+  <si>
+    <t>intensiv, aktuell</t>
+  </si>
+  <si>
+    <t>keine Beweidung</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1354650/536407</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">pasturing intensity</t>
+      <t xml:space="preserve">Beweidungsintensität</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #450</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without traces of grazing by livestock pasturing in the relevant stand on the interpretation area (50 × 50 m), as well as intensity and recency of pasturing based on the occurrence and freshness of pasturing signs, especially tracks and droppings. Reference: Field Survey (MID 205: Beweidungsintensität)</t>
+    <t>Probeflächen ohne/mit Spuren von Beweidung durch Nutztiere im massgebenden Bestand auf der Interpretationsfläche (50 × 50 m) sowie Intensität und Aktualität der Beweidung aufgrund des Vorkommens und der Frische von Beweidungszeichen, insbesondere Tritt- und Kotspuren. Grundlage: Feldaufnahme (MID 205: Beweidungsintensität)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -769,51 +769,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -2329,51 +2329,51 @@
         <v>50.2</v>
       </c>
       <c r="AY19" s="6">
         <v>7</v>
       </c>
       <c r="AZ19" s="6">
         <v>1176.4</v>
       </c>
       <c r="BA19" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:53" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1354650/536407</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -2411,191 +2411,191 @@
       <c r="AQ20" s="3"/>
       <c r="AR20" s="3"/>
       <c r="AS20" s="3"/>
       <c r="AT20" s="3"/>
       <c r="AU20" s="3"/>
       <c r="AV20" s="3"/>
       <c r="AW20" s="3"/>
       <c r="AX20" s="3"/>
       <c r="AY20" s="3"/>
       <c r="AZ20" s="3"/>
       <c r="BA20" s="3"/>
     </row>
     <row r="23" spans="1:53">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:53" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="26" spans="1:53">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">pasturing intensity</t>
+            <t xml:space="preserve">Beweidungsintensität</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #450</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="35" spans="1:53">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:53" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>