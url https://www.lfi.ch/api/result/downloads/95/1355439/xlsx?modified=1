--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
-    <t>LFI5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>Stammzahl</t>
+    <t>number of stems</t>
   </si>
   <si>
-    <t>Baumart (56 Klassen)</t>
+    <t>tree species (56 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: Stk./ha</t>
+      <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>Kanton</t>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,99 +172,99 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>Stk./ha</t>
+    <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>Abies alba</t>
   </si>
   <si>
     <t>Larix decidua, Larix kaempferi</t>
   </si>
   <si>
     <t>Picea abies</t>
   </si>
   <si>
     <t>Pinus cembra</t>
   </si>
   <si>
     <t>Pinus mugo subsp. uncinata</t>
   </si>
   <si>
     <t>Pinus mugo subsp. mugo</t>
   </si>
   <si>
     <t>Pinus nigra</t>
   </si>
   <si>
     <t>Pinus strobus</t>
   </si>
   <si>
     <t>Pinus sylvestris</t>
   </si>
   <si>
     <t>Pseudotsuga menziesii</t>
   </si>
   <si>
     <t>Taxus baccata</t>
   </si>
   <si>
-    <t>übrige Nadelbäume</t>
+    <t>other conifers</t>
   </si>
   <si>
     <t>Acer campestre</t>
   </si>
   <si>
     <t>Acer opalus</t>
   </si>
   <si>
     <t>Acer platanoides</t>
   </si>
   <si>
     <t>Acer pseudoplatanus</t>
   </si>
   <si>
     <t>Aesculus hippocastanum</t>
   </si>
   <si>
     <t>Alnus glutinosa</t>
   </si>
   <si>
     <t>Alnus incana</t>
   </si>
   <si>
     <t>Alnus viridis</t>
   </si>
@@ -289,288 +289,288 @@
   <si>
     <t>Fraxinus ornus</t>
   </si>
   <si>
     <t>Ilex aquifolium</t>
   </si>
   <si>
     <t>Juglans regia</t>
   </si>
   <si>
     <t>Laburnum anagyroides</t>
   </si>
   <si>
     <t>Malus sylvestris</t>
   </si>
   <si>
     <t>Ostrya carpinifolia</t>
   </si>
   <si>
     <t>Populus alba, Populus x canescens</t>
   </si>
   <si>
     <t>Populus nigra s.l.</t>
   </si>
   <si>
-    <t>Populus (übrige)</t>
+    <t>Populus (others)</t>
   </si>
   <si>
     <t>Populus tremula</t>
   </si>
   <si>
     <t>Prunus avium</t>
   </si>
   <si>
     <t>Prunus padus</t>
   </si>
   <si>
     <t>Pyrus communis, Pyrus pyraster</t>
   </si>
   <si>
     <t>Quercus cerris</t>
   </si>
   <si>
     <t>Quercus petraea</t>
   </si>
   <si>
     <t>Quercus pubescens</t>
   </si>
   <si>
     <t>Quercus robur</t>
   </si>
   <si>
     <t>Quercus rubra</t>
   </si>
   <si>
     <t>Robinia pseudoacacia</t>
   </si>
   <si>
-    <t>Salix (übrige)</t>
+    <t>Salix (others)</t>
   </si>
   <si>
     <t>Sorbus aria</t>
   </si>
   <si>
     <t>Sorbus aucuparia</t>
   </si>
   <si>
     <t>Sorbus torminalis</t>
   </si>
   <si>
     <t>Tilia cordata</t>
   </si>
   <si>
     <t>Tilia platyphyllos</t>
   </si>
   <si>
     <t>Ulmus glabra</t>
   </si>
   <si>
     <t>Ulmus minor</t>
   </si>
   <si>
-    <t>übrige Laubbäume</t>
+    <t>other broadleaves</t>
   </si>
   <si>
-    <t>übrige Sträucher</t>
+    <t>other shrubs</t>
   </si>
   <si>
-    <t>nicht bestimmbar</t>
+    <t>indeterminable</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1355439/537196</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Stammzahl</t>
+      <t xml:space="preserve">number of stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Stämme der lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD).</t>
+    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Baumart (56 Klassen)</t>
+      <t xml:space="preserve">tree species (56 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2207</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in 56 Klassen. Die nicht explizit aufgeführten Arten(gruppen) sind in den Klassen «übrige Nadelbäume», übrige Laubbäume» und «übrige Sträucher» zusammengefasst. Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) – in 56 classes. The species (or species groups) not explicitly listed are subsumed in the classes «other conifers», «other broadleaved trees» and «other shrubs». Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -923,101 +923,101 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA87"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:53">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:53">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:53">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:53">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:53">
       <c r="A5" t="s">
@@ -10693,51 +10693,51 @@
         <v>326</v>
       </c>
       <c r="AY70" s="6">
         <v>6</v>
       </c>
       <c r="AZ70" s="6">
         <v>412</v>
       </c>
       <c r="BA70" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:53" customHeight="1" ht="21.75">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1355439/537196</t>
           </r>
         </is>
       </c>
       <c r="B71" s="3"/>
       <c r="C71" s="3"/>
       <c r="D71" s="3"/>
       <c r="E71" s="3"/>
       <c r="F71" s="3"/>
       <c r="G71" s="3"/>
       <c r="H71" s="3"/>
       <c r="I71" s="3"/>
       <c r="J71" s="3"/>
       <c r="K71" s="3"/>
@@ -10775,191 +10775,191 @@
       <c r="AQ71" s="3"/>
       <c r="AR71" s="3"/>
       <c r="AS71" s="3"/>
       <c r="AT71" s="3"/>
       <c r="AU71" s="3"/>
       <c r="AV71" s="3"/>
       <c r="AW71" s="3"/>
       <c r="AX71" s="3"/>
       <c r="AY71" s="3"/>
       <c r="AZ71" s="3"/>
       <c r="BA71" s="3"/>
     </row>
     <row r="74" spans="1:53">
       <c r="A74" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Stammzahl</t>
+            <t xml:space="preserve">number of stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="75" spans="1:53" customHeight="1" ht="29">
       <c r="A75" s="1" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="77" spans="1:53">
       <c r="A77" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Baumart (56 Klassen)</t>
+            <t xml:space="preserve">tree species (56 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2207</t>
           </r>
         </is>
       </c>
     </row>
     <row r="78" spans="1:53" customHeight="1" ht="29">
       <c r="A78" s="1" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="80" spans="1:53">
       <c r="A80" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="81" spans="1:53" customHeight="1" ht="29">
       <c r="A81" s="1" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="83" spans="1:53">
       <c r="A83" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="84" spans="1:53" customHeight="1" ht="29">
       <c r="A84" s="1" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="86" spans="1:53">
       <c r="A86" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="87" spans="1:53" customHeight="1" ht="29">
       <c r="A87" s="1" t="s">
         <v>106</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>