--- v0 (2026-01-23)
+++ v1 (2026-01-24)
@@ -14,200 +14,200 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>tree species (56 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di fusti</t>
+  </si>
+  <si>
+    <t>specie arborea (56 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...23 lines deleted...]
-    <t>Switzerland</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>Abies alba</t>
   </si>
   <si>
     <t>Larix decidua, Larix kaempferi</t>
   </si>
   <si>
     <t>Picea abies</t>
   </si>
   <si>
     <t>Pinus cembra</t>
   </si>
   <si>
     <t>Pinus mugo subsp. uncinata</t>
   </si>
   <si>
     <t>Pinus mugo subsp. mugo</t>
   </si>
   <si>
     <t>Pinus nigra</t>
   </si>
   <si>
     <t>Pinus strobus</t>
   </si>
   <si>
     <t>Pinus sylvestris</t>
   </si>
   <si>
     <t>Pseudotsuga menziesii</t>
   </si>
   <si>
     <t>Taxus baccata</t>
   </si>
   <si>
-    <t>other conifers</t>
+    <t>altre conifere</t>
   </si>
   <si>
     <t>Acer campestre</t>
   </si>
   <si>
     <t>Acer opalus</t>
   </si>
   <si>
     <t>Acer platanoides</t>
   </si>
   <si>
     <t>Acer pseudoplatanus</t>
   </si>
   <si>
     <t>Aesculus hippocastanum</t>
   </si>
   <si>
     <t>Alnus glutinosa</t>
   </si>
   <si>
     <t>Alnus incana</t>
   </si>
   <si>
     <t>Alnus viridis</t>
   </si>
@@ -232,288 +232,288 @@
   <si>
     <t>Fraxinus ornus</t>
   </si>
   <si>
     <t>Ilex aquifolium</t>
   </si>
   <si>
     <t>Juglans regia</t>
   </si>
   <si>
     <t>Laburnum anagyroides</t>
   </si>
   <si>
     <t>Malus sylvestris</t>
   </si>
   <si>
     <t>Ostrya carpinifolia</t>
   </si>
   <si>
     <t>Populus alba, Populus x canescens</t>
   </si>
   <si>
     <t>Populus nigra s.l.</t>
   </si>
   <si>
-    <t>Populus (others)</t>
+    <t>Populus (altr)</t>
   </si>
   <si>
     <t>Populus tremula</t>
   </si>
   <si>
     <t>Prunus avium</t>
   </si>
   <si>
     <t>Prunus padus</t>
   </si>
   <si>
     <t>Pyrus communis, Pyrus pyraster</t>
   </si>
   <si>
     <t>Quercus cerris</t>
   </si>
   <si>
     <t>Quercus petraea</t>
   </si>
   <si>
     <t>Quercus pubescens</t>
   </si>
   <si>
     <t>Quercus robur</t>
   </si>
   <si>
     <t>Quercus rubra</t>
   </si>
   <si>
     <t>Robinia pseudoacacia</t>
   </si>
   <si>
-    <t>Salix (others)</t>
+    <t>Salix (altri)</t>
   </si>
   <si>
     <t>Sorbus aria</t>
   </si>
   <si>
     <t>Sorbus aucuparia</t>
   </si>
   <si>
     <t>Sorbus torminalis</t>
   </si>
   <si>
     <t>Tilia cordata</t>
   </si>
   <si>
     <t>Tilia platyphyllos</t>
   </si>
   <si>
     <t>Ulmus glabra</t>
   </si>
   <si>
     <t>Ulmus minor</t>
   </si>
   <si>
-    <t>other broadleaves</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>altre latifoglie</t>
+  </si>
+  <si>
+    <t>altre arbusti</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1355441/537198</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems</t>
+      <t xml:space="preserve">numero di fusti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Numero di fusti di tutti gli alberi e arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tree species (56 classes)</t>
+      <t xml:space="preserve">specie arborea (56 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2207</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) – in 56 classes. The species (or species groups) not explicitly listed are subsumed in the classes «other conifers», «other broadleaved trees» and «other shrubs». Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) in 56 classi. Le specie (gruppi di specie) non esplicitamente elencate sono riportate nelle classi «altre conifere», «altre latifoglie» e «altri arbusti». Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3758,235 +3758,235 @@
         <v>496</v>
       </c>
       <c r="M70" s="6">
         <v>4</v>
       </c>
       <c r="N70" s="6">
         <v>412</v>
       </c>
       <c r="O70" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:15" customHeight="1" ht="21.75">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1355441/537198</t>
           </r>
         </is>
       </c>
       <c r="B71" s="3"/>
       <c r="C71" s="3"/>
       <c r="D71" s="3"/>
       <c r="E71" s="3"/>
       <c r="F71" s="3"/>
       <c r="G71" s="3"/>
       <c r="H71" s="3"/>
       <c r="I71" s="3"/>
       <c r="J71" s="3"/>
       <c r="K71" s="3"/>
       <c r="L71" s="3"/>
       <c r="M71" s="3"/>
       <c r="N71" s="3"/>
       <c r="O71" s="3"/>
     </row>
     <row r="74" spans="1:15">
       <c r="A74" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems</t>
+            <t xml:space="preserve">numero di fusti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="75" spans="1:15" customHeight="1" ht="29">
       <c r="A75" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tree species (56 classes)</t>
+            <t xml:space="preserve">specie arborea (56 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2207</t>
           </r>
         </is>
       </c>
     </row>
     <row r="78" spans="1:15" customHeight="1" ht="29">
       <c r="A78" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="81" spans="1:15" customHeight="1" ht="29">
       <c r="A81" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="84" spans="1:15" customHeight="1" ht="29">
       <c r="A84" s="1" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="87" spans="1:15" customHeight="1" ht="29">
       <c r="A87" s="1" t="s">
         <v>87</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>