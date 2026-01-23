--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest function 'drinking-water protection'</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>funzione di protezione delle acque potabili</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...54 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
-    <t>yes</t>
-[...2 lines deleted...]
-    <t>total</t>
+    <t>sì</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1355786/537543</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest function 'drinking-water protection'</t>
+      <t xml:space="preserve">funzione di protezione delle acque potabili</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #477</t>
     </r>
   </si>
   <si>
-    <t>Presence of the forest function 'drinking-water protection' according to forest plans or an assessment by the local forest service. The forest function «drinking-water protection» generally includes groundwater protection zones and drinking-water catchment areas. Reference: Forest Service Survey (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Presenza della funzione del bosco «protezione delle acque potabili» in base alla pianificazione forestale o alla valutazione del servizio forestale locale. La funzione del bosco «protezione delle acque potabili» comprende di regola le zone di protezione delle acque sotterranee e le zone di alimentazione di sorgenti di acque potabili. Fonte: inchiesta presso il servizio forestale (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1386,51 +1386,51 @@
         <v>100.0</v>
       </c>
       <c r="AC16" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD16" s="6">
         <v>100.0</v>
       </c>
       <c r="AE16" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:31" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1355786/537543</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1446,191 +1446,191 @@
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3"/>
       <c r="AE17" s="3"/>
     </row>
     <row r="20" spans="1:31">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest function 'drinking-water protection'</t>
+            <t xml:space="preserve">funzione di protezione delle acque potabili</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #477</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>