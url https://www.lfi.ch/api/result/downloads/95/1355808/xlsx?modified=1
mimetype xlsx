--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest function 'drinking-water protection'</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Waldfunktion Trinkwasserschutz</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forest</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Wald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...54 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>nein</t>
+  </si>
+  <si>
+    <t>ja</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1355808/537565</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest function 'drinking-water protection'</t>
+      <t xml:space="preserve">Waldfunktion Trinkwasserschutz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #477</t>
     </r>
   </si>
   <si>
-    <t>Presence of the forest function 'drinking-water protection' according to forest plans or an assessment by the local forest service. The forest function «drinking-water protection» generally includes groundwater protection zones and drinking-water catchment areas. Reference: Forest Service Survey (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Vorhandensein der Waldfunktion «Trinkwasserschutz» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Die Waldfunktion «Trinkwasserschutz» umfasst dabei in der Regel die Grundwasserschutzzonen und Trinkwassereinzugsgebiete. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest</t>
+      <t xml:space="preserve">Wald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
+    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,51 +727,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="38.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1386,51 +1386,51 @@
         <v>100.0</v>
       </c>
       <c r="AC16" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD16" s="6">
         <v>100.0</v>
       </c>
       <c r="AE16" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:31" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1355808/537565</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1446,191 +1446,191 @@
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3"/>
       <c r="AE17" s="3"/>
     </row>
     <row r="20" spans="1:31">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest function 'drinking-water protection'</t>
+            <t xml:space="preserve">Waldfunktion Trinkwasserschutz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #477</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest</t>
+            <t xml:space="preserve">Wald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>