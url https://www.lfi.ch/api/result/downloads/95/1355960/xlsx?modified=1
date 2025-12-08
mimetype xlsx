--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,377 +14,377 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>restrictions on logging</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Einschränkungen für die Holzhauerei</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no restriction</t>
-[...14 lines deleted...]
-    <t>total</t>
+    <t>keine Einschränkung</t>
+  </si>
+  <si>
+    <t>Bahnlinie</t>
+  </si>
+  <si>
+    <t>Hauptstrasse</t>
+  </si>
+  <si>
+    <t>Leitung</t>
+  </si>
+  <si>
+    <t>Siedlung</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1355960/537717</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">restrictions on logging</t>
+      <t xml:space="preserve">Einschränkungen für die Holzhauerei</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #453</t>
     </r>
   </si>
   <si>
-    <t>Presence of non-forestry buildings and facilities, such as railway lines, main roads, power- and pipelines or residential areas, which potentially impede logging, i.e. tree felling and processing. Reference: Field Survey (MID 207: Einschränkungen für die Holzhauerei)</t>
+    <t>Vorhandensein von nicht forstlichen Bauten und Anlagen wie Bahnlinien, Hauptstrassen, Leitungen oder Siedlungen, die die Holzhauerei, d.h. das Fällen und Aufrüsten der Bäume, potenziell behindern. Grundlage: Feldaufnahme (MID 207: Einschränkungen für die Holzhauerei)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -736,51 +736,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1680,51 +1680,51 @@
         <v>100.0</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD19" s="6">
         <v>100.0</v>
       </c>
       <c r="AE19" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:31" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1355960/537717</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -1740,191 +1740,191 @@
       <c r="U20" s="3"/>
       <c r="V20" s="3"/>
       <c r="W20" s="3"/>
       <c r="X20" s="3"/>
       <c r="Y20" s="3"/>
       <c r="Z20" s="3"/>
       <c r="AA20" s="3"/>
       <c r="AB20" s="3"/>
       <c r="AC20" s="3"/>
       <c r="AD20" s="3"/>
       <c r="AE20" s="3"/>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">restrictions on logging</t>
+            <t xml:space="preserve">Einschränkungen für die Holzhauerei</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #453</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="35" spans="1:31">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:31" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>