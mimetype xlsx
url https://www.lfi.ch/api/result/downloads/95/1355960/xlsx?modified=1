--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,377 +14,377 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Einschränkungen für die Holzhauerei</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>restrizioni per il taglio di legname</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...47 lines deleted...]
-    <t>Schweiz</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine Einschränkung</t>
-[...14 lines deleted...]
-    <t>Total</t>
+    <t>nessuna restrizione</t>
+  </si>
+  <si>
+    <t>linea ferroviaria o teleferica</t>
+  </si>
+  <si>
+    <t>autostrada, strada principale</t>
+  </si>
+  <si>
+    <t>linea elettrica o telefonica</t>
+  </si>
+  <si>
+    <t>insediamento, zona abitata o industriale</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1355960/537717</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einschränkungen für die Holzhauerei</t>
+      <t xml:space="preserve">restrizioni per il taglio di legname</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #453</t>
     </r>
   </si>
   <si>
-    <t>Vorhandensein von nicht forstlichen Bauten und Anlagen wie Bahnlinien, Hauptstrassen, Leitungen oder Siedlungen, die die Holzhauerei, d.h. das Fällen und Aufrüsten der Bäume, potenziell behindern. Grundlage: Feldaufnahme (MID 207: Einschränkungen für die Holzhauerei)</t>
+    <t>Presenza di costruzioni ed impianti non forestali, come linee ferroviarie, strade principali, linee elettriche o insediamenti, che potenzialmente ostacolano l'abbattimento e l'allestimento degli alberi. Fonte: rilievo sul terreno (MID 207: Einschränkungen für die Holzhauerei)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -736,51 +736,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1680,51 +1680,51 @@
         <v>100.0</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD19" s="6">
         <v>100.0</v>
       </c>
       <c r="AE19" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:31" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1355960/537717</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -1740,191 +1740,191 @@
       <c r="U20" s="3"/>
       <c r="V20" s="3"/>
       <c r="W20" s="3"/>
       <c r="X20" s="3"/>
       <c r="Y20" s="3"/>
       <c r="Z20" s="3"/>
       <c r="AA20" s="3"/>
       <c r="AB20" s="3"/>
       <c r="AC20" s="3"/>
       <c r="AD20" s="3"/>
       <c r="AE20" s="3"/>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Einschränkungen für die Holzhauerei</t>
+            <t xml:space="preserve">restrizioni per il taglio di legname</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #453</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="35" spans="1:31">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:31" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>