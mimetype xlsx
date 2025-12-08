--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>restrictions on logging</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Einschränkungen für die Holzhauerei</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no restriction</t>
-[...14 lines deleted...]
-    <t>total</t>
+    <t>keine Einschränkung</t>
+  </si>
+  <si>
+    <t>Bahnlinie</t>
+  </si>
+  <si>
+    <t>Hauptstrasse</t>
+  </si>
+  <si>
+    <t>Leitung</t>
+  </si>
+  <si>
+    <t>Siedlung</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1355964/537721</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">restrictions on logging</t>
+      <t xml:space="preserve">Einschränkungen für die Holzhauerei</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #453</t>
     </r>
   </si>
   <si>
-    <t>Presence of non-forestry buildings and facilities, such as railway lines, main roads, power- and pipelines or residential areas, which potentially impede logging, i.e. tree felling and processing. Reference: Field Survey (MID 207: Einschränkungen für die Holzhauerei)</t>
+    <t>Vorhandensein von nicht forstlichen Bauten und Anlagen wie Bahnlinien, Hauptstrassen, Leitungen oder Siedlungen, die die Holzhauerei, d.h. das Fällen und Aufrüsten der Bäume, potenziell behindern. Grundlage: Feldaufnahme (MID 207: Einschränkungen für die Holzhauerei)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1208,235 +1208,235 @@
         <v>100.0</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N19" s="6">
         <v>100.0</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:15" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1355964/537721</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">restrictions on logging</t>
+            <t xml:space="preserve">Einschränkungen für die Holzhauerei</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #453</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>