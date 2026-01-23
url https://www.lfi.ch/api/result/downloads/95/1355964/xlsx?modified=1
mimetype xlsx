--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Einschränkungen für die Holzhauerei</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>restrizioni per il taglio di legname</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine Einschränkung</t>
-[...14 lines deleted...]
-    <t>Total</t>
+    <t>nessuna restrizione</t>
+  </si>
+  <si>
+    <t>linea ferroviaria o teleferica</t>
+  </si>
+  <si>
+    <t>autostrada, strada principale</t>
+  </si>
+  <si>
+    <t>linea elettrica o telefonica</t>
+  </si>
+  <si>
+    <t>insediamento, zona abitata o industriale</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1355964/537721</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einschränkungen für die Holzhauerei</t>
+      <t xml:space="preserve">restrizioni per il taglio di legname</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #453</t>
     </r>
   </si>
   <si>
-    <t>Vorhandensein von nicht forstlichen Bauten und Anlagen wie Bahnlinien, Hauptstrassen, Leitungen oder Siedlungen, die die Holzhauerei, d.h. das Fällen und Aufrüsten der Bäume, potenziell behindern. Grundlage: Feldaufnahme (MID 207: Einschränkungen für die Holzhauerei)</t>
+    <t>Presenza di costruzioni ed impianti non forestali, come linee ferroviarie, strade principali, linee elettriche o insediamenti, che potenzialmente ostacolano l'abbattimento e l'allestimento degli alberi. Fonte: rilievo sul terreno (MID 207: Einschränkungen für die Holzhauerei)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1208,235 +1208,235 @@
         <v>100.0</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N19" s="6">
         <v>100.0</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:15" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1355964/537721</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Einschränkungen für die Holzhauerei</t>
+            <t xml:space="preserve">restrizioni per il taglio di legname</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #453</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>