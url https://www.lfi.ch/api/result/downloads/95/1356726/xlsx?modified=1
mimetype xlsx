--- v0 (2025-11-17)
+++ v1 (2025-11-18)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
-    <t>LFI1</t>
-[...5 lines deleted...]
-    <t>Nadelholz, Laubholz</t>
+    <t>NFI1</t>
+  </si>
+  <si>
+    <t>number of deadwood stems NFI1</t>
+  </si>
+  <si>
+    <t>conifers and broadleaves</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: Stk./ha</t>
+      <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 1983/85</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>state 1983/85</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,246 +172,246 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
-[...2 lines deleted...]
-    <t>Stk./ha</t>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Nadelholz</t>
-[...8 lines deleted...]
-    <t>Total</t>
+    <t>conifers</t>
+  </si>
+  <si>
+    <t>broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1356726/538483</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Totholzstammzahl LFI1</t>
+      <t xml:space="preserve">number of deadwood stems NFI1</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #248</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Stämme der toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD) nach Methode LFI1. Im LFI1 wurden nur diejenigen toten Bäume aufgenommen, bei denen das Holz noch verwertbar war. Zudem wurden auch liegende grüne Bäume zum Totholz gezählt.</t>
+    <t>Number of stems of dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm recorded according to the NFI1 method. In NFI1, dead trees were only included if their wood was still usable. In addition, lying but still green trees were classified as deadwood.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nadelholz, Laubholz</t>
+      <t xml:space="preserve">conifers and broadleaves</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -763,102 +763,102 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:53">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:53">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:53">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:53">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:53">
       <c r="A5" t="s">
@@ -2001,51 +2001,51 @@
         <v>11</v>
       </c>
       <c r="AY17" s="6">
         <v>21</v>
       </c>
       <c r="AZ17" s="6">
         <v>16</v>
       </c>
       <c r="BA17" s="6">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:53" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1356726/538483</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -2083,191 +2083,191 @@
       <c r="AQ18" s="3"/>
       <c r="AR18" s="3"/>
       <c r="AS18" s="3"/>
       <c r="AT18" s="3"/>
       <c r="AU18" s="3"/>
       <c r="AV18" s="3"/>
       <c r="AW18" s="3"/>
       <c r="AX18" s="3"/>
       <c r="AY18" s="3"/>
       <c r="AZ18" s="3"/>
       <c r="BA18" s="3"/>
     </row>
     <row r="21" spans="1:53">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Totholzstammzahl LFI1</t>
+            <t xml:space="preserve">number of deadwood stems NFI1</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #248</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:53" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:53">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nadelholz, Laubholz</t>
+            <t xml:space="preserve">conifers and broadleaves</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="27" spans="1:53">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>