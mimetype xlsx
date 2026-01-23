--- v1 (2025-11-18)
+++ v2 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
-    <t>NFI1</t>
-[...5 lines deleted...]
-    <t>conifers and broadleaves</t>
+    <t>IFN1</t>
+  </si>
+  <si>
+    <t>numero di fusti morti IFN1</t>
+  </si>
+  <si>
+    <t>conifere e latifoglie</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 1983/85</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>stato 1983/85</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,246 +172,246 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>conifere</t>
+  </si>
+  <si>
+    <t>latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1356726/538483</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of deadwood stems NFI1</t>
+      <t xml:space="preserve">numero di fusti morti IFN1</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #248</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm recorded according to the NFI1 method. In NFI1, dead trees were only included if their wood was still usable. In addition, lying but still green trees were classified as deadwood.</t>
+    <t>Numero di fusti degli alberi e degli arbusti morti (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU) secondo il metodo dell'IFN1. Nell'IFN1 sono stati rilevati solamente gli alberi morti il cui legno era ancora utilizzabile. Inoltre, gli alberi vivi a terra sono stati contati come legno morto.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">conifere e latifoglie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -763,51 +763,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="8.141" bestFit="true" customWidth="true" style="0"/>
@@ -2001,51 +2001,51 @@
         <v>11</v>
       </c>
       <c r="AY17" s="6">
         <v>21</v>
       </c>
       <c r="AZ17" s="6">
         <v>16</v>
       </c>
       <c r="BA17" s="6">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:53" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1356726/538483</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -2083,191 +2083,191 @@
       <c r="AQ18" s="3"/>
       <c r="AR18" s="3"/>
       <c r="AS18" s="3"/>
       <c r="AT18" s="3"/>
       <c r="AU18" s="3"/>
       <c r="AV18" s="3"/>
       <c r="AW18" s="3"/>
       <c r="AX18" s="3"/>
       <c r="AY18" s="3"/>
       <c r="AZ18" s="3"/>
       <c r="BA18" s="3"/>
     </row>
     <row r="21" spans="1:53">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of deadwood stems NFI1</t>
+            <t xml:space="preserve">numero di fusti morti IFN1</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #248</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:53" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:53">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">conifere e latifoglie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="27" spans="1:53">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>