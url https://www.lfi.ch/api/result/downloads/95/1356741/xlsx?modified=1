--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,371 +14,371 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>IFN1</t>
-[...5 lines deleted...]
-    <t>conifere e latifoglie</t>
+    <t>LFI1</t>
+  </si>
+  <si>
+    <t>Totholzstammzahl LFI1</t>
+  </si>
+  <si>
+    <t>Nadelholz, Laubholz</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: n/ha</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Stk./ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...57 lines deleted...]
-    <t>n/ha</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 1983/85</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Stk./ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifere</t>
-[...8 lines deleted...]
-    <t>totale</t>
+    <t>Nadelholz</t>
+  </si>
+  <si>
+    <t>Laubholz</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1356741/538498</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di fusti morti IFN1</t>
+      <t xml:space="preserve">Totholzstammzahl LFI1</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #248</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti degli alberi e degli arbusti morti (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU) secondo il metodo dell'IFN1. Nell'IFN1 sono stati rilevati solamente gli alberi morti il cui legno era ancora utilizzabile. Inoltre, gli alberi vivi a terra sono stati contati come legno morto.</t>
+    <t>Anzahl Stämme der toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD) nach Methode LFI1. Im LFI1 wurden nur diejenigen toten Bäume aufgenommen, bei denen das Holz noch verwertbar war. Zudem wurden auch liegende grüne Bäume zum Totholz gezählt.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifere e latifoglie</t>
+      <t xml:space="preserve">Nadelholz, Laubholz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -730,80 +730,80 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:31">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:31">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:31">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:31">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:31">
       <c r="A5" t="s">
@@ -1484,51 +1484,51 @@
         <v>15</v>
       </c>
       <c r="AC17" s="6">
         <v>13</v>
       </c>
       <c r="AD17" s="6">
         <v>16</v>
       </c>
       <c r="AE17" s="6">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:31" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1356741/538498</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -1544,191 +1544,191 @@
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
       <c r="W18" s="3"/>
       <c r="X18" s="3"/>
       <c r="Y18" s="3"/>
       <c r="Z18" s="3"/>
       <c r="AA18" s="3"/>
       <c r="AB18" s="3"/>
       <c r="AC18" s="3"/>
       <c r="AD18" s="3"/>
       <c r="AE18" s="3"/>
     </row>
     <row r="21" spans="1:31">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di fusti morti IFN1</t>
+            <t xml:space="preserve">Totholzstammzahl LFI1</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #248</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:31" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:31">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifere e latifoglie</t>
+            <t xml:space="preserve">Nadelholz, Laubholz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>