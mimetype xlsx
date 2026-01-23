--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>LFI1</t>
-[...5 lines deleted...]
-    <t>Baumzustand (stehend/liegend)</t>
+    <t>NFI1</t>
+  </si>
+  <si>
+    <t>volume of deadwood (stemwood) NFI1</t>
+  </si>
+  <si>
+    <t>tree state (standing/lying)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m³/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...54 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 1983/85</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>m³/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>stehend</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>standing</t>
+  </si>
+  <si>
+    <t>lying</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1357002/538759</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Totholzvolumen (Schaftholz) LFI1</t>
+      <t xml:space="preserve">volume of deadwood (stemwood) NFI1</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #249</t>
     </r>
   </si>
   <si>
-    <t>Schaftholzvolumen in Rinde aller toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD) nach Methode LFI1. Im LFI1 wurden nur diejenigen toten Bäume aufgenommen, bei denen das Holz noch verwertbar war. Zudem wurden auch liegende grüne Bäume zum Totholz gezählt.</t>
+    <t>Stemwood volume of all dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm with bark recorded according to the NFI1 method. In NFI1, dead trees were only included if their wood was still usable. In addition, lying but still green trees were classified as deadwood.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Baumzustand (stehend/liegend)</t>
+      <t xml:space="preserve">tree state (standing/lying)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1266</t>
     </r>
   </si>
   <si>
-    <t>Einteilung der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in stehende oder liegende. Grundlage: Feldaufnahme (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
+    <t>Classification of trees and shrubs ≥12 cm in diameter at breast height (dbh) into standing or lying. Reference: Field Survey (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,51 +727,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -1386,51 +1386,51 @@
         <v>4.1</v>
       </c>
       <c r="AC16" s="6">
         <v>18</v>
       </c>
       <c r="AD16" s="6">
         <v>5.0</v>
       </c>
       <c r="AE16" s="6">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:31" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1357002/538759</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1446,191 +1446,191 @@
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3"/>
       <c r="AE17" s="3"/>
     </row>
     <row r="20" spans="1:31">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Totholzvolumen (Schaftholz) LFI1</t>
+            <t xml:space="preserve">volume of deadwood (stemwood) NFI1</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #249</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Baumzustand (stehend/liegend)</t>
+            <t xml:space="preserve">tree state (standing/lying)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1266</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>