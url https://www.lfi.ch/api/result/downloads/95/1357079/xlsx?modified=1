--- v0 (2026-01-10)
+++ v1 (2026-03-10)
@@ -14,463 +14,463 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
-    <t>IFN5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>numero di fusti (alberi vivi in piedi) con microhabitat</t>
+    <t>Stammzahl (stehend-lebend) mit Mikrohabitat</t>
   </si>
   <si>
-    <t>microhabitat (20 classi) · alte/basse quote</t>
+    <t>Mikrohabitate (20 Klassen) · Hochlagen/Tieflagen</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: n/ha</t>
+      <t xml:space="preserve">: Stk./ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>regione economica</t>
+    <t>Wirtschaftsregion</t>
   </si>
   <si>
-    <t>Giura Ovest</t>
+    <t>Jura West</t>
   </si>
   <si>
-    <t>Giura Est</t>
+    <t>Jura Ost</t>
   </si>
   <si>
-    <t>Altopiano Ovest</t>
+    <t>Mittelland West</t>
   </si>
   <si>
-    <t>Altopiano Centro</t>
+    <t>Mittelland Mitte</t>
   </si>
   <si>
-    <t>Altopiano Est</t>
+    <t>Mittelland Ost</t>
   </si>
   <si>
-    <t>Prealpi Ovest</t>
+    <t>Voralpen West</t>
   </si>
   <si>
-    <t>Prealpi Centro</t>
+    <t>Voralpen Mitte</t>
   </si>
   <si>
-    <t>Prealpi Est</t>
+    <t>Voralpen Ost</t>
   </si>
   <si>
-    <t>Alpi Nord-Ovest</t>
+    <t>Alpen Nordwest</t>
   </si>
   <si>
-    <t>Alpi Centro</t>
+    <t>Alpen Mitte</t>
   </si>
   <si>
-    <t>Alpi Nord-Est</t>
+    <t>Alpen Nordost</t>
   </si>
   <si>
-    <t>Alpi Sud-Ovest</t>
+    <t>Alpen Südwest</t>
   </si>
   <si>
-    <t>Alpi Sud-Est</t>
+    <t>Alpen Südost</t>
   </si>
   <si>
-    <t>Sud delle Alpi</t>
+    <t>Alpensüdseite</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>microhabitat (20 classi)</t>
+    <t>Mikrohabitate (20 Klassen)</t>
   </si>
   <si>
-    <t>alte/basse quote</t>
+    <t>Hochlagen/Tieflagen</t>
   </si>
   <si>
-    <t>n/ha</t>
+    <t>Stk./ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>basse quote</t>
+    <t>Tieflagen</t>
   </si>
   <si>
-    <t>alte quote</t>
+    <t>Hochlagen</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>Total</t>
   </si>
   <si>
-    <t>cavità di nidificazione di picidi</t>
+    <t>Spechtbruthöhle</t>
   </si>
   <si>
-    <t>cavità superficiale (&lt;5 cm di profondità)</t>
+    <t>flache Baumhöhle (&lt;5 cm tief)</t>
   </si>
   <si>
-    <t>cavità (&gt;5 cm di profondità)</t>
+    <t>Baumhöhle (&gt;5 cm tief)</t>
   </si>
   <si>
-    <t>danni da insetti</t>
+    <t>Insektenschaden</t>
   </si>
   <si>
-    <t>dendrotelma</t>
+    <t>Dendrotelm</t>
   </si>
   <si>
-    <t>cavità nei contrafforti radicali</t>
+    <t>Stammfusshöhle</t>
   </si>
   <si>
-    <t>scortecciamento</t>
+    <t xml:space="preserve">Holz ohne Rinde </t>
   </si>
   <si>
-    <t>lesione da fuoco</t>
+    <t>Brandnarbe</t>
   </si>
   <si>
-    <t>tasca nella corteccia</t>
+    <t>Rindentasche</t>
   </si>
   <si>
-    <t>fusto spezzato fresco</t>
+    <t>frischer Bruch</t>
   </si>
   <si>
-    <t>fessura larga</t>
+    <t>breiter Spalt</t>
   </si>
   <si>
-    <t>legno morto nella chioma</t>
+    <t>Kronentotholz</t>
   </si>
   <si>
-    <t>cancro o tumore</t>
+    <t>Krebs oder Maserknollen</t>
   </si>
   <si>
-    <t>corpo fruttifero di fungini perenni</t>
+    <t>grosser, mehrjähriger Pilzfruchtkörper</t>
   </si>
   <si>
-    <t>corpo fruttifero di funghi effimeri</t>
+    <t>kurzlebiger Pilzfruchtkörper</t>
   </si>
   <si>
-    <t>muschi &gt;10%</t>
+    <t>mehr als 10% Moose</t>
   </si>
   <si>
-    <t>licheni &gt;10%</t>
+    <t>mehr als 10% Flechten</t>
   </si>
   <si>
-    <t>edera &gt;10%</t>
+    <t>mehr als 10% Efeu</t>
   </si>
   <si>
-    <t xml:space="preserve">colata di resina </t>
+    <t>Harzfluss</t>
   </si>
   <si>
-    <t>altri microhabitat</t>
+    <t>übrige Mikrohabitate</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1357079/538836</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di fusti (alberi vivi in piedi) con microhabitat</t>
+      <t xml:space="preserve">Stammzahl (stehend-lebend) mit Mikrohabitat</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #402</t>
     </r>
   </si>
   <si>
-    <t>Numero di alberi e arbusti vivi in piedi a partire da 12 cm di diametro a petto d'uomo, sui quali è stato rilevato un microhabitat. Visto che un albero può presentare contemporaneamente più microhabitat, esso può contribuire al numero di fusti (vivi e in piedi) di diversi microhabitat. Vengono considerati microhabitat: corpi fruttiferi fungini; tronco ricoperto per più del 10% da muschi, licheni o edera; cavità di nidificazione di picidi; cavità poco profonda dell'albero; ampia fessura; tasca nella corteccia; fusto o branca spezzata con durame esposto; dendrotelma; tumore o cancro; cavità nei contrafforti radicali; cavità profonda dell'albero; scortecciamento a partire dalla dimensione di una mano; cima secca; flusso di resina; danni da insetti (base del tronco/tronco/fusto); rami morti &gt;20%.</t>
+    <t>Anzahl der stehenden lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), an denen ein Mikrohabitat festgestellt wurde. Da ein Baum gleichzeitig mehrere Mikrohabitate aufweisen kann, kann er zur Stammzahl (stehend-lebend) mehrerer Mikrohabitate beitragen. Als Mikrohabitate gelten: Pilzfruchtkörper; Stamm zu mehr als 10% mit Moosen, Flechten oder Efeu bewachsen; Spechtbruthöhle; flache Baumhöhle; breiter Spalt; Rindentasche; frischer Bruch; Dendrotelm; Krebs oder Maserknollen; Stammfusshöhle; tiefe Baumhöhle; Holzkörper frei ab einer Handfläche; gipfeldürr; Harzfluss; Insektenschaden (Stammfuss/Stamm/Schaft); &gt;20% Dürrastanteil.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">microhabitat (20 classi)</t>
+      <t xml:space="preserve">Mikrohabitate (20 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2360</t>
     </r>
   </si>
   <si>
-    <t>Tipo di microhabitat presente almeno una volta su un albero o un arbusto a partire da 12 cm di diametro a petto d'uomo (DPU). Fonte: rilievo sul terreno (MID 819: Bemerkung zu Ex-LFI-Probebaum, MID1027: Baumschadenart, MID 1035-1049: Baummikrohabitate)</t>
+    <t>Art des Mikrohabitats, das mindestens einmal an einem Baum oder Strauch ab 12 cm Brusthöhendurchmesser (BHD) vorkommt. Grundlage: Feldaufnahme (MID 819: Bemerkung zu Ex-LFI-Probebaum, MID1027: Baumschadenart, MID 1035-1049: Baummikrohabitate)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">alte/basse quote</t>
+      <t xml:space="preserve">Hochlagen/Tieflagen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Stazioni di alta e bassa quota, classificate in base alle fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005). Il limite tra alte e basse quote sul versante nord delle alpi si colloca tra le fasce «montana superiore» e «montana inferiore», a Sud delle Alpi tra le fasce «altimontana» e «montana inferiore/superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t>Gebiete in höheren und tieferen Lagen, eingeteilt anhand der Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005). Die Grenze zwischen den Hochlagen und den Tieflagen verläuft auf der Alpennordseite zwischen den Stufen «obermontan» und «untermontan», auf der Alpensüdseite zwischen den Stufen «hochmontan» und «ober-/untermontan». Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -822,81 +822,81 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF120"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="21" max="21" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="25" max="25" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="29" max="29" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="31" max="31" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:32">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:32">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="A5" t="s">
@@ -9599,51 +9599,51 @@
         <v>29</v>
       </c>
       <c r="AD100" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE100" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AF100" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="101" spans="1:32" customHeight="1" ht="21.75">
       <c r="A101" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1357079/538836</t>
           </r>
         </is>
       </c>
       <c r="C101" s="3"/>
       <c r="D101" s="3"/>
       <c r="E101" s="3"/>
       <c r="F101" s="3"/>
       <c r="G101" s="3"/>
       <c r="H101" s="3"/>
       <c r="I101" s="3"/>
       <c r="J101" s="3"/>
       <c r="K101" s="3"/>
       <c r="L101" s="3"/>
@@ -9659,226 +9659,226 @@
       <c r="V101" s="3"/>
       <c r="W101" s="3"/>
       <c r="X101" s="3"/>
       <c r="Y101" s="3"/>
       <c r="Z101" s="3"/>
       <c r="AA101" s="3"/>
       <c r="AB101" s="3"/>
       <c r="AC101" s="3"/>
       <c r="AD101" s="3"/>
       <c r="AE101" s="3"/>
       <c r="AF101" s="3"/>
     </row>
     <row r="104" spans="1:32">
       <c r="A104" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di fusti (alberi vivi in piedi) con microhabitat</t>
+            <t xml:space="preserve">Stammzahl (stehend-lebend) mit Mikrohabitat</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #402</t>
           </r>
         </is>
       </c>
     </row>
     <row r="105" spans="1:32" customHeight="1" ht="29">
       <c r="A105" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="107" spans="1:32">
       <c r="A107" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">microhabitat (20 classi)</t>
+            <t xml:space="preserve">Mikrohabitate (20 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2360</t>
           </r>
         </is>
       </c>
     </row>
     <row r="108" spans="1:32" customHeight="1" ht="29">
       <c r="A108" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="110" spans="1:32">
       <c r="A110" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">alte/basse quote</t>
+            <t xml:space="preserve">Hochlagen/Tieflagen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="111" spans="1:32" customHeight="1" ht="29">
       <c r="A111" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="113" spans="1:32">
       <c r="A113" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="114" spans="1:32" customHeight="1" ht="29">
       <c r="A114" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="116" spans="1:32">
       <c r="A116" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="117" spans="1:32" customHeight="1" ht="29">
       <c r="A117" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="119" spans="1:32">
       <c r="A119" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="120" spans="1:32" customHeight="1" ht="29">
       <c r="A120" s="1" t="s">
         <v>65</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>