--- v0 (2026-01-09)
+++ v1 (2026-01-11)
@@ -14,388 +14,388 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>tipo di bosco (3 classi) · funzione di protezione delle acque potabili</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>forest type (3 classes) · forest function 'drinking-water protection'</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotale</t>
+      <t xml:space="preserve">: %, subtotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...29 lines deleted...]
-    <t>funzione di protezione delle acque potabili</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>forest type (3 classes)</t>
+  </si>
+  <si>
+    <t>forest function 'drinking-water protection'</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
-    <t>sì</t>
-[...11 lines deleted...]
-    <t>arbusteti</t>
+    <t>yes</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>accessible forest without shrub forest</t>
+  </si>
+  <si>
+    <t>inaccessible forest without shrub forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1357701/539458</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tipo di bosco (3 classi)</t>
+      <t xml:space="preserve">forest type (3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione del bosco in base alla decisione di bosco e all'accessibilità nelle tre classi «bosco accessibile esclusi gli arbusteti», «bosco inaccessibile esclusi gli arbusteti» e «arbusteti».</t>
+    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">funzione di protezione delle acque potabili</t>
+      <t xml:space="preserve">forest function 'drinking-water protection'</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #477</t>
     </r>
   </si>
   <si>
-    <t>Presenza della funzione del bosco «protezione delle acque potabili» in base alla pianificazione forestale o alla valutazione del servizio forestale locale. La funzione del bosco «protezione delle acque potabili» comprende di regola le zone di protezione delle acque sotterranee e le zone di alimentazione di sorgenti di acque potabili. Fonte: inchiesta presso il servizio forestale (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Presence of the forest function 'drinking-water protection' according to forest plans or an assessment by the local forest service. The forest function «drinking-water protection» generally includes groundwater protection zones and drinking-water catchment areas. Reference: Forest Service Survey (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -747,51 +747,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
@@ -1890,270 +1890,270 @@
         <v>100.0</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O32" s="6">
         <v>100.0</v>
       </c>
       <c r="P32" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1357701/539458</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tipo di bosco (3 classi)</t>
+            <t xml:space="preserve">forest type (3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">funzione di protezione delle acque potabili</t>
+            <t xml:space="preserve">forest function 'drinking-water protection'</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #477</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>