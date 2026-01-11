--- v0 (2026-01-09)
+++ v1 (2026-01-11)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Mischungsgrad (terrestrisch)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>deadwood volume (merch. wood without piles of branches), lying</t>
+  </si>
+  <si>
+    <t>degree of mixture (terrestrial)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m³</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>biogeografische Region</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...14 lines deleted...]
-    <t>Schweiz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 m³</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
-[...14 lines deleted...]
-    <t>Total</t>
+    <t>n/a</t>
+  </si>
+  <si>
+    <t>pure conifer forest</t>
+  </si>
+  <si>
+    <t>mixed conifer forest</t>
+  </si>
+  <si>
+    <t>mixed broadleaf forest</t>
+  </si>
+  <si>
+    <t>pure broadleaf forest</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1359005/540762</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Totholzvolumen (Derbholz ohne Asthaufen), liegend</t>
+      <t xml:space="preserve">deadwood volume (merch. wood without piles of branches), lying</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #215</t>
     </r>
   </si>
   <si>
-    <t>Volumen des liegenden Totholzes ab 7 cm Durchmesser (Derbholz) ohne Derbholzstücke in Asthaufen.</t>
+    <t>Volume of lying deadwood ≥7 cm in diameter (merchantable wood) without merchantable wood pieces in heaps of branches.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Mischungsgrad (terrestrisch)</t>
+      <t xml:space="preserve">degree of mixture (terrestrial)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #22</t>
     </r>
   </si>
   <si>
-    <t>Anteile der am Bestandesaufbau beteiligten Nadel- und Laubbäume, definiert über ihren Basalflächenanteil in vier Klassen: Nadelwald rein: 91–100 % Nadelbäume, Nadelwald gemischt: 51–90 % Nadelbäume, Laubwald gemischt: 11–50 % Nadelbäume und Laubwald rein: 0–10 % Nadelbäume. Grundlage: Feldaufnahme (MID 265: Mischungsgrad)</t>
+    <t>Proportions of conifers and broadleaves making up the stand structure, classified according to their proportional basal areas into four classes: pure conifer forest: 91-100 % conifers, mixed conifer forest: 51-90 % conifers, mixed broadleaved forest: 11-50 % conifers and pure broadleaved forest: 0-10 % conifers. Reference: Field Survey (MID 265: Mischungsgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1155,235 +1155,235 @@
         <v>4121</v>
       </c>
       <c r="M18" s="6">
         <v>11</v>
       </c>
       <c r="N18" s="6">
         <v>37066</v>
       </c>
       <c r="O18" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="19" spans="1:15" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1359005/540762</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Totholzvolumen (Derbholz ohne Asthaufen), liegend</t>
+            <t xml:space="preserve">deadwood volume (merch. wood without piles of branches), lying</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #215</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Mischungsgrad (terrestrisch)</t>
+            <t xml:space="preserve">degree of mixture (terrestrial)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #22</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>