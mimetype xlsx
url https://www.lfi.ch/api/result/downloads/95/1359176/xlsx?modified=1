--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>degree of mixture (terrestrial)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>volume di legno morto (l. comm. s. mucchio di rami) a terra</t>
+  </si>
+  <si>
+    <t>grado di mescolanza</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m³/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>m³/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
-[...14 lines deleted...]
-    <t>total</t>
+    <t>nessuna indicazione</t>
+  </si>
+  <si>
+    <t>bosco puro di conifere</t>
+  </si>
+  <si>
+    <t>bosco misto di conifere</t>
+  </si>
+  <si>
+    <t>bosco misto di latifoglie</t>
+  </si>
+  <si>
+    <t>bosco puro di latifoglie</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1359176/540933</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">deadwood volume (merch. wood without piles of branches), lying</t>
+      <t xml:space="preserve">volume di legno morto (l. comm. s. mucchio di rami) a terra</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #215</t>
     </r>
   </si>
   <si>
-    <t>Volume of lying deadwood ≥7 cm in diameter (merchantable wood) without merchantable wood pieces in heaps of branches.</t>
+    <t>Volume di legno morto a terra di almeno 7 cm di diametro (legno commerciabile) senza parti di legno commerciabile nei mucchi di rami.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">degree of mixture (terrestrial)</t>
+      <t xml:space="preserve">grado di mescolanza</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #22</t>
     </r>
   </si>
   <si>
-    <t>Proportions of conifers and broadleaves making up the stand structure, classified according to their proportional basal areas into four classes: pure conifer forest: 91-100 % conifers, mixed conifer forest: 51-90 % conifers, mixed broadleaved forest: 11-50 % conifers and pure broadleaved forest: 0-10 % conifers. Reference: Field Survey (MID 265: Mischungsgrad)</t>
+    <t>Quota delle specie arboree di latifoglie e di conifere che costituiscono un popolamento, definita in base alla loro proporzione in area basimetrica suddivisa in quattro classi: conifere pure: 91-100% alberi di conifere, conifere miste : 51-90% alberi di conifere, latifoglie miste: 11-50% alberi di conifere, latifoglie pure: 0-10% alberi di conifere. Fonte: rilievo sul terreno (MID 265: Mischungsgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1155,235 +1155,235 @@
         <v>23.7</v>
       </c>
       <c r="M18" s="6">
         <v>11</v>
       </c>
       <c r="N18" s="6">
         <v>30.6</v>
       </c>
       <c r="O18" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="19" spans="1:15" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1359176/540933</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">deadwood volume (merch. wood without piles of branches), lying</t>
+            <t xml:space="preserve">volume di legno morto (l. comm. s. mucchio di rami) a terra</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #215</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">degree of mixture (terrestrial)</t>
+            <t xml:space="preserve">grado di mescolanza</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #22</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>