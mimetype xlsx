--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>grado di mescolanza</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Totholzvolumen (Derbholz ohne Asthaufen), liegend</t>
+  </si>
+  <si>
+    <t>Mischungsgrad (terrestrisch)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m³/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>m³/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
-[...14 lines deleted...]
-    <t>totale</t>
+    <t>keine Angabe</t>
+  </si>
+  <si>
+    <t>Nadelwald rein</t>
+  </si>
+  <si>
+    <t>Nadelwald gemischt</t>
+  </si>
+  <si>
+    <t>Laubwald gemischt</t>
+  </si>
+  <si>
+    <t>Laubwald rein</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1359176/540933</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">volume di legno morto (l. comm. s. mucchio di rami) a terra</t>
+      <t xml:space="preserve">Totholzvolumen (Derbholz ohne Asthaufen), liegend</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #215</t>
     </r>
   </si>
   <si>
-    <t>Volume di legno morto a terra di almeno 7 cm di diametro (legno commerciabile) senza parti di legno commerciabile nei mucchi di rami.</t>
+    <t>Volumen des liegenden Totholzes ab 7 cm Durchmesser (Derbholz) ohne Derbholzstücke in Asthaufen.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grado di mescolanza</t>
+      <t xml:space="preserve">Mischungsgrad (terrestrisch)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #22</t>
     </r>
   </si>
   <si>
-    <t>Quota delle specie arboree di latifoglie e di conifere che costituiscono un popolamento, definita in base alla loro proporzione in area basimetrica suddivisa in quattro classi: conifere pure: 91-100% alberi di conifere, conifere miste : 51-90% alberi di conifere, latifoglie miste: 11-50% alberi di conifere, latifoglie pure: 0-10% alberi di conifere. Fonte: rilievo sul terreno (MID 265: Mischungsgrad)</t>
+    <t>Anteile der am Bestandesaufbau beteiligten Nadel- und Laubbäume, definiert über ihren Basalflächenanteil in vier Klassen: Nadelwald rein: 91–100 % Nadelbäume, Nadelwald gemischt: 51–90 % Nadelbäume, Laubwald gemischt: 11–50 % Nadelbäume und Laubwald rein: 0–10 % Nadelbäume. Grundlage: Feldaufnahme (MID 265: Mischungsgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1155,235 +1155,235 @@
         <v>23.7</v>
       </c>
       <c r="M18" s="6">
         <v>11</v>
       </c>
       <c r="N18" s="6">
         <v>30.6</v>
       </c>
       <c r="O18" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="19" spans="1:15" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1359176/540933</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">volume di legno morto (l. comm. s. mucchio di rami) a terra</t>
+            <t xml:space="preserve">Totholzvolumen (Derbholz ohne Asthaufen), liegend</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #215</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">grado di mescolanza</t>
+            <t xml:space="preserve">Mischungsgrad (terrestrisch)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #22</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>