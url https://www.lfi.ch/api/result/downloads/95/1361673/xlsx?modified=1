--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,350 +14,350 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
-    <t>LFI4</t>
-[...5 lines deleted...]
-    <t>Gebüschwaldtyp (Luftbild)</t>
+    <t>NFI4</t>
+  </si>
+  <si>
+    <t>area of shrub forest</t>
+  </si>
+  <si>
+    <t>type of shrub forest (aerial photo)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Gebüschwald</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4-km grid</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2009/17</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>reiner Gebüschwald</t>
-[...11 lines deleted...]
-    <t>Total</t>
+    <t>pure shrub forest</t>
+  </si>
+  <si>
+    <t>shrub forest with single trees</t>
+  </si>
+  <si>
+    <t>not shrub forest</t>
+  </si>
+  <si>
+    <t>not interpretable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1361673/543430</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gebüschwaldfläche</t>
+      <t xml:space="preserve">area of shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #123</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss der Walddefinition des LFI als Gebüschwald gelten.</t>
+    <t>All areas classified as shrub forest according to the NFI forest definition.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gebüschwaldtyp (Luftbild)</t>
+      <t xml:space="preserve">type of shrub forest (aerial photo)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #505</t>
     </r>
   </si>
   <si>
-    <t>Art des Gebüschwalds mit den Formen «reiner Gebüschwald» und «Gebüschwald mit Bäumen» gemäss Luftbildinterpretation. Grundlage: Luftbildinterpretation</t>
+    <t>Type of shrub forest, i.e. «pure shrub forest» or «shrub forest with trees» according to the interpretation of aerial photos. Reference: Aerial photo interpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gebüschwald</t>
+      <t xml:space="preserve">shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #828</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu mehr als zwei Dritteln mit Sträuchern bedeckt ist. Als Gebüschwald gelten insbesondere die Alpenerlen- und die Legföhrenwälder, aber auch Haselwälder und ähnliche Bestockungen. Grundlage: Feldaufnahme (MID 576: Deckungsgrad Sträucher), manchmal auch Luftbildinterpretation</t>
+    <t>Forest that is more than two-thirds covered with shrubs. Shrub forests include Alpine alder and pine forests in particular, but also hazel forests and similar stands. Reference: Field Survey (MID 576: Deckungsgrad Sträucher), and sometimes also aerial photo interpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz</t>
+      <t xml:space="preserve">1.4-km grid</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
+    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -709,51 +709,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1158,235 +1158,235 @@
         <v>100.0</v>
       </c>
       <c r="M18" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="6">
         <v>100.0</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:15" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1361673/543430</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gebüschwaldfläche</t>
+            <t xml:space="preserve">area of shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #123</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gebüschwaldtyp (Luftbild)</t>
+            <t xml:space="preserve">type of shrub forest (aerial photo)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #505</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gebüschwald</t>
+            <t xml:space="preserve">shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #828</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz</t>
+            <t xml:space="preserve">1.4-km grid</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>