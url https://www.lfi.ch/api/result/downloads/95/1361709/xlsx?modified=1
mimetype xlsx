--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,350 +14,350 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
-    <t>NFI3</t>
-[...5 lines deleted...]
-    <t>type of shrub forest (aerial photo)</t>
+    <t>LFI3</t>
+  </si>
+  <si>
+    <t>Gebüschwaldfläche</t>
+  </si>
+  <si>
+    <t>Gebüschwaldtyp (Luftbild)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: shrub forest</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>biogeographical region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2004/07</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...14 lines deleted...]
-    <t>Switzerland</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>pure shrub forest</t>
-[...11 lines deleted...]
-    <t>total</t>
+    <t>reiner Gebüschwald</t>
+  </si>
+  <si>
+    <t>Gebüschwald mit Bäumen</t>
+  </si>
+  <si>
+    <t>kein Gebüschwald</t>
+  </si>
+  <si>
+    <t>nicht interpretierbar</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1361709/543467</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area of shrub forest</t>
+      <t xml:space="preserve">Gebüschwaldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #123</t>
     </r>
   </si>
   <si>
-    <t>All areas classified as shrub forest according to the NFI forest definition.</t>
+    <t>Gesamtheit aller Flächen, die gemäss der Walddefinition des LFI als Gebüschwald gelten.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">type of shrub forest (aerial photo)</t>
+      <t xml:space="preserve">Gebüschwaldtyp (Luftbild)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #505</t>
     </r>
   </si>
   <si>
-    <t>Type of shrub forest, i.e. «pure shrub forest» or «shrub forest with trees» according to the interpretation of aerial photos. Reference: Aerial photo interpretation</t>
+    <t>Art des Gebüschwalds mit den Formen «reiner Gebüschwald» und «Gebüschwald mit Bäumen» gemäss Luftbildinterpretation. Grundlage: Luftbildinterpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">shrub forest</t>
+      <t xml:space="preserve">Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #828</t>
     </r>
   </si>
   <si>
-    <t>Forest that is more than two-thirds covered with shrubs. Shrub forests include Alpine alder and pine forests in particular, but also hazel forests and similar stands. Reference: Field Survey (MID 576: Deckungsgrad Sträucher), and sometimes also aerial photo interpretation</t>
+    <t>Wald, der zu mehr als zwei Dritteln mit Sträuchern bedeckt ist. Als Gebüschwald gelten insbesondere die Alpenerlen- und die Legföhrenwälder, aber auch Haselwälder und ähnliche Bestockungen. Grundlage: Feldaufnahme (MID 576: Deckungsgrad Sträucher), manchmal auch Luftbildinterpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">1,4-km-Netz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -709,51 +709,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1158,235 +1158,235 @@
         <v>22.1</v>
       </c>
       <c r="M18" s="6">
         <v>9</v>
       </c>
       <c r="N18" s="6">
         <v>68.5</v>
       </c>
       <c r="O18" s="6">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:15" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1361709/543467</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area of shrub forest</t>
+            <t xml:space="preserve">Gebüschwaldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #123</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">type of shrub forest (aerial photo)</t>
+            <t xml:space="preserve">Gebüschwaldtyp (Luftbild)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #505</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">shrub forest</t>
+            <t xml:space="preserve">Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #828</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">1,4-km-Netz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>