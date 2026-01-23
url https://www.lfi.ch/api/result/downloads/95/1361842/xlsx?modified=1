--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>NFI4</t>
-[...5 lines deleted...]
-    <t>altitude (in 400 m classes)</t>
+    <t>LFI4</t>
+  </si>
+  <si>
+    <t>Gebüschwaldfläche</t>
+  </si>
+  <si>
+    <t>Höhenlage (400-m-Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: shrub forest</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2009/17</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1401-1800 m</t>
   </si>
   <si>
-    <t>1001-1400 m</t>
+    <t xml:space="preserve">1001-1400 m </t>
   </si>
   <si>
     <t xml:space="preserve">601-1000 m </t>
   </si>
   <si>
     <t>=600 m</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1361842/543600</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area of shrub forest</t>
+      <t xml:space="preserve">Gebüschwaldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #123</t>
     </r>
   </si>
   <si>
-    <t>All areas classified as shrub forest according to the NFI forest definition.</t>
+    <t>Gesamtheit aller Flächen, die gemäss der Walddefinition des LFI als Gebüschwald gelten.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitude (in 400 m classes)</t>
+      <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #963</t>
     </r>
   </si>
   <si>
-    <t>Altitude above sea level in classes of 400 m. Reference: Digital height model DHM 25 from Swisstopo</t>
+    <t>Höhe über Meer in Klassen zu 400 m. Grundlage: digitales Höhenmodell DHM 25 von Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">shrub forest</t>
+      <t xml:space="preserve">Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #828</t>
     </r>
   </si>
   <si>
-    <t>Forest that is more than two-thirds covered with shrubs. Shrub forests include Alpine alder and pine forests in particular, but also hazel forests and similar stands. Reference: Field Survey (MID 576: Deckungsgrad Sträucher), and sometimes also aerial photo interpretation</t>
+    <t>Wald, der zu mehr als zwei Dritteln mit Sträuchern bedeckt ist. Als Gebüschwald gelten insbesondere die Alpenerlen- und die Legföhrenwälder, aber auch Haselwälder und ähnliche Bestockungen. Grundlage: Feldaufnahme (MID 576: Deckungsgrad Sträucher), manchmal auch Luftbildinterpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">1,4-km-Netz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1211,235 +1211,235 @@
         <v>20.6</v>
       </c>
       <c r="M19" s="7">
         <v>9</v>
       </c>
       <c r="N19" s="7">
         <v>71.9</v>
       </c>
       <c r="O19" s="7">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:15" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1361842/543600</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area of shrub forest</t>
+            <t xml:space="preserve">Gebüschwaldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #123</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitude (in 400 m classes)</t>
+            <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #963</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">shrub forest</t>
+            <t xml:space="preserve">Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #828</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">1,4-km-Netz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>