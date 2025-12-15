--- v0 (2025-10-27)
+++ v1 (2025-12-15)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>résineux et feuillus</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>total basal area</t>
+  </si>
+  <si>
+    <t>conifers and broadleaves</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: région biogéographique</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...9 lines deleted...]
-    <t>région biogéographique</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>nord des Alpes</t>
-[...11 lines deleted...]
-    <t>Suisse</t>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>résineux</t>
-[...5 lines deleted...]
-    <t>indéterminable</t>
+    <t>conifers</t>
+  </si>
+  <si>
+    <t>broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1362206/543964</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface terrière totale</t>
+      <t xml:space="preserve">total basal area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2</t>
     </r>
   </si>
   <si>
-    <t>Somme des sections transversales à 1,3 m de hauteur (point de mesure du diamètre à hauteur de poitrine [DHP]) de tous les arbres et arbustes vifs et morts (sur pied et à terre) d'au moins 12 cm DHP. La surface terrière totale est la somme de la surface terrière et de la surface terrière du bois mort.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of all living and dead trees and shrubs (standing and lying) with a dbh ≥12 cm. The total basal area corresponds to the sum of the basal area and the deadwood basal area.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">résineux et feuillus</t>
+      <t xml:space="preserve">conifers and broadleaves</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Espèce des arbres et arbustes à partir de 12 cm de diamètre de poitrine (DHP) selon deux classes (résineux et feuillus). Source: relevé de terrain (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région biogéographique</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>38.3</v>
       </c>
       <c r="M17" s="6">
         <v>4</v>
       </c>
       <c r="N17" s="6">
         <v>36.0</v>
       </c>
       <c r="O17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1362206/543964</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface terrière totale</t>
+            <t xml:space="preserve">total basal area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">résineux et feuillus</t>
+            <t xml:space="preserve">conifers and broadleaves</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région biogéographique</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>