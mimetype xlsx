--- v0 (2025-10-27)
+++ v1 (2025-12-16)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Nadelholz, Laubholz</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>total basal area</t>
+  </si>
+  <si>
+    <t>conifers and broadleaves</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>biogeografische Region</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...14 lines deleted...]
-    <t>Schweiz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Nadelholz</t>
-[...8 lines deleted...]
-    <t>Total</t>
+    <t>conifers</t>
+  </si>
+  <si>
+    <t>broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1362221/543979</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gesamtbasalfläche</t>
+      <t xml:space="preserve">total basal area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (Messstelle für den Brusthöhendurchmesser BHD) aller lebenden und toten Bäume und Sträucher (stehende und liegende) ab 12 cm BHD. Die Gesamtbasalfläche entspricht der Summe von Basalfläche und Totholzbasalfläche.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of all living and dead trees and shrubs (standing and lying) with a dbh ≥12 cm. The total basal area corresponds to the sum of the basal area and the deadwood basal area.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nadelholz, Laubholz</t>
+      <t xml:space="preserve">conifers and broadleaves</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>32.9</v>
       </c>
       <c r="M17" s="6">
         <v>3</v>
       </c>
       <c r="N17" s="6">
         <v>34.0</v>
       </c>
       <c r="O17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1362221/543979</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gesamtbasalfläche</t>
+            <t xml:space="preserve">total basal area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nadelholz, Laubholz</t>
+            <t xml:space="preserve">conifers and broadleaves</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>