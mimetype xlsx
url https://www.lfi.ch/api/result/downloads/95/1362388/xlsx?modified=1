--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,341 +14,341 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>tree state (living/dead)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero totale di fusti</t>
+  </si>
+  <si>
+    <t>stato dell'albero (vivo/morto)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...27 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t xml:space="preserve"> n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>living</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>vivo</t>
+  </si>
+  <si>
+    <t>morto</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1362388/544146</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total number of stems</t>
+      <t xml:space="preserve">numero totale di fusti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm. The total number of stems is the sum of the number of stems and the number of deadwood stems.</t>
+    <t>Numero di fusti di tutti gli alberi e arbusti vivi e morti (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm. Il numero totale di fusti corrisponde alla somma del numero di fusti e del numero di fusti morti.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tree state (living/dead)</t>
+      <t xml:space="preserve">stato dell'albero (vivo/morto)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1265</t>
     </r>
   </si>
   <si>
-    <t>Classification of trees and shrubs ≥12 cm in diameter at breast height (dbh) as living or dead. Reference: Field Survey (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
+    <t>Suddivisione degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) in vivi o morti. Fonte: rilievo sul terreno (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -700,51 +700,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="38.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1017,233 +1017,233 @@
         <v>593</v>
       </c>
       <c r="K16" s="6">
         <v>4</v>
       </c>
       <c r="L16" s="6">
         <v>476</v>
       </c>
       <c r="M16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1362388/544146</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total number of stems</t>
+            <t xml:space="preserve">numero totale di fusti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tree state (living/dead)</t>
+            <t xml:space="preserve">stato dell'albero (vivo/morto)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1265</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>