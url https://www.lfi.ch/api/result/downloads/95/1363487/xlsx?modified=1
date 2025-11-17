--- v0 (2025-11-17)
+++ v1 (2025-11-17)
@@ -12,475 +12,472 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
-[...7 lines deleted...]
-    <t>Schutzwald gegen Stein-/Blockschlag (2022) · Grössenklasse (Jungwald; 5 Klassen) · Hauptbaumart im Jungwald (Zählung)</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+  <si>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of stems of young forest plants with browsing damage divided by number of stems of young forest plants assessed for browsing</t>
+  </si>
+  <si>
+    <t>protection forest against rockfall (2022) · size classe (young forest; 5 classes) · main tree species in young forest (counting)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Zellentotal</t>
+      <t xml:space="preserve">: %, cell total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bestockbarer zugänglicher Wald ohne Gebüschwald LFI2-LFI5</t>
+      <t xml:space="preserve">: stockable and accessible forest without shrub forest NFI2-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...17 lines deleted...]
-    <t>Hauptbaumart im Jungwald (Zählung)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest against rockfall (2022)</t>
+  </si>
+  <si>
+    <t>inside</t>
+  </si>
+  <si>
+    <t>outside</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>size classe (young forest; 5 classes)</t>
+  </si>
+  <si>
+    <t>main tree species in young forest (counting)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>kein Angabe</t>
-[...2 lines deleted...]
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
-[...50 lines deleted...]
-    <t>BHD 8-11.9 cm</t>
+    <t>spruce</t>
+  </si>
+  <si>
+    <t>fir</t>
+  </si>
+  <si>
+    <t>pine</t>
+  </si>
+  <si>
+    <t>larch</t>
+  </si>
+  <si>
+    <t>Arolla pine</t>
+  </si>
+  <si>
+    <t>other conifers</t>
+  </si>
+  <si>
+    <t>beech</t>
+  </si>
+  <si>
+    <t>maple</t>
+  </si>
+  <si>
+    <t>ash</t>
+  </si>
+  <si>
+    <t>oak</t>
+  </si>
+  <si>
+    <t>sweet chestnut</t>
+  </si>
+  <si>
+    <t>other broadleaves</t>
+  </si>
+  <si>
+    <t>species not assessed in all inventories</t>
+  </si>
+  <si>
+    <t>height 10-39 cm</t>
+  </si>
+  <si>
+    <t>height 40-129 cm</t>
+  </si>
+  <si>
+    <t>DBH 0-3.9 cm</t>
+  </si>
+  <si>
+    <t>DBH 4-7.9 cm</t>
+  </si>
+  <si>
+    <t>DBH 8-11.9 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1363487/545245</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Jungwaldstammzahl mit Verbiss</t>
+      <t xml:space="preserve">number of stems of young forest plants with browsing damage</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #404</t>
     </r>
   </si>
   <si>
-    <t>Anzahl der Nadel- und Laubbäume mit einer Höhe von 10 bis 129 cm Höhe, bei denen ein Verbiss des Vorjahrestriebes festgestellt wurde. Aufgrund einer anderen Ansprache der Verbissspuren wurde die Verbissintensität im LFI2 im Vergleich zur Methode ab LFI4 überschätzt. Somit können in Vergleichen mit dem LFI2 nur Zunahmen der Verbissintensität gesichert festgestellt werden. Für eine verlässliche Schätzung sollten pro Schätzwert (Tabellenzelle) mindestens 30 Individuen auf Verbiss beurteilt worden sein. Daher sollten auch die entsprechenden Tabellen mit der Zielgrösse "Anzahl auf Verbiss beurteilte Bäume (ohne Hochrechnung)" konsultiert werden.</t>
+    <t>Number of stems of conifers and broadleaves 10 to 129 cm in height on which browsing on the shoot from the previous year was detected. Since a different method was used for assessing browsing traces in NFI2, the browsing intensity was overestimated in comparison with in the inventories from NFI4 on. Thus, only increases in browsing intensity can be clearly determined in comparisons with NFI2. For a reliable estimate, at least 30 individuals per estimated value (table cell) should have been assessed for browsing. Therefore, the corresponding tables with the target variable "Number of trees assessed for browsing (no extrapolation)" should also be consulted.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Jungwaldstammzahl mit Verbissansprache</t>
+      <t xml:space="preserve">number of stems of young forest plants assessed for browsing</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #405</t>
     </r>
   </si>
   <si>
-    <t>Anzahl der Nadel- und Laubbäume mit einer Höhe von 10 bis 129 cm Höhe, bei denen der Zustand des Vorjahrestriebes hinsichtlich Verbiss beurteilt wurde. Aufgrund einer anderen Ansprache der Verbissspuren wurde die Verbissintensität im LFI2 im Vergleich zur Methode ab LFI4 überschätzt. Somit können in Vergleichen mit dem LFI2 nur Zunahmen der Verbissintensität gesichert festgestellt werden. Für eine verlässliche Schätzung sollten pro Schätzwert (Tabellenzelle) mindestens 30 Individuen auf Verbiss beurteilt worden sein. Daher sollten auch die entsprechenden Tabellen mit der Zielgrösse "Anzahl auf Verbiss beurteilte Bäume (ohne Hochrechnung)" konsultiert werden.</t>
+    <t>Number of stems of conifers and broadleaves 10 to 129 cm in height for which the condition of the previous year's shoot was assessed with regard to browsing. Since a different method was used for assessing browsing traces in NFI2, the browsing intensity was overestimated in comparison with in the inventories from NFI4 on. Thus, only increases in browsing intensity can be clearly determined in comparisons with NFI2. For a reliable estimate, at least 30 individuals per estimated value (table cell) should have been assessed for browsing. Therefore, the corresponding tables with the target variable "Number of trees assessed for browsing (no extrapolation)" should also be consulted.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald gegen Stein-/Blockschlag (2022)</t>
+      <t xml:space="preserve">protective forest against rockfall (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2646</t>
     </r>
   </si>
   <si>
-    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Stein- oder Blockschlag (Sturzprozesse), den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
+    <t>Area in/outside a forest that provides protection against rockfall processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Grössenklasse (Jungwald; 5 Klassen)</t>
+      <t xml:space="preserve">size classe (young forest; 5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2623</t>
     </r>
   </si>
   <si>
-    <t>Grösse der Jungwaldpflanzen von 10 cm Höhe bis 11,9 cm Brusthöhendurchmesser (BHD) in fünf Klassen (zwei Höhenklassen, drei BHD-Klassen). Grundlage: Feldaufnahme (MID 507: Jungwaldklasse)</t>
+    <t>Size of young forest plants ≥10 cm in height and ≤11.9 cm in diameter at breast height (dbh) – in five size classes (two height and three dbh classes). Reference: Field Survey (MID 507: Jungwaldklasse)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hauptbaumart im Jungwald (Zählung)</t>
+      <t xml:space="preserve">main tree species in young forest (counting)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2625</t>
     </r>
   </si>
   <si>
-    <t>Art der Jungwaldpflanzen von 10 cm Höhe bis 11,9 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn wichtigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelhölzer», «übrige Laubhölzer» und «nicht in allen Inventuren erhobene Arten». Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 1051: Jungwaldpflanzenart - Zählung)</t>
+    <t>Species of young forest plants ≥10 cm in height and ≤11.9 cm in diameter at breast height (dbh) with individual classes for the ten most important species or species groups in Switzerland («main tree species»), as well as the classes «other conifers», «other broadleaves» and «species not assessed in all inventories». The main tree species are spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp. ), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 1051: Jungwaldpflanzenart - Zählung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bestockbarer zugänglicher Wald ohne Gebüschwald LFI2-LFI5</t>
+      <t xml:space="preserve">stockable and accessible forest without shrub forest NFI2-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2615</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den vier Inventuren LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war, zu Fuss aufgesucht werden konnte und bestockbar war, also nicht von Waldstrassen, Erholungsanlagen, Bächen, Lawinenzügen u.dgl. besetzt war.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the four inventories NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026), was accessible on foot and could be stocked, i.e. did not contain forest roads, recreational facilities, streams, avalanche paths, etc.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -832,52 +829,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H143"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
@@ -941,2893 +938,2893 @@
       </c>
       <c r="C12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C13" s="6">
         <v>0.0</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E13" s="6">
         <v>0.0</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G13" s="6">
         <v>0.0</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C14" s="6">
         <v>0.0</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E14" s="6">
         <v>0.0</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G14" s="6">
         <v>0.0</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C15" s="6">
         <v>0.0</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E15" s="6">
         <v>0.0</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G15" s="6">
         <v>0.0</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C16" s="6">
         <v>0.0</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E16" s="6">
         <v>0.0</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G16" s="6">
         <v>0.0</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="5"/>
       <c r="B17" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C17" s="6">
         <v>0.0</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E17" s="6">
         <v>0.0</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G17" s="6">
         <v>0.0</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="5"/>
       <c r="B18" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C18" s="6">
         <v>0.0</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E18" s="6">
         <v>0.0</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G18" s="6">
         <v>0.0</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C19" s="6">
         <v>0.0</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E19" s="6">
         <v>0.0</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G19" s="6">
         <v>0.0</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C20" s="6">
         <v>0.0</v>
       </c>
       <c r="D20" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E20" s="6">
         <v>0.0</v>
       </c>
       <c r="F20" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G20" s="6">
         <v>0.0</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="5"/>
       <c r="B21" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C21" s="6">
         <v>0.0</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E21" s="6">
         <v>0.0</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G21" s="6">
         <v>0.0</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C22" s="6">
         <v>0.0</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E22" s="6">
         <v>0.0</v>
       </c>
       <c r="F22" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G22" s="6">
         <v>0.0</v>
       </c>
       <c r="H22" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="5"/>
       <c r="B23" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C23" s="6">
         <v>0.0</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E23" s="6">
         <v>0.0</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G23" s="6">
         <v>0.0</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C24" s="6">
         <v>0.0</v>
       </c>
       <c r="D24" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E24" s="6">
         <v>0.0</v>
       </c>
       <c r="F24" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G24" s="6">
         <v>0.0</v>
       </c>
       <c r="H24" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="5"/>
       <c r="B25" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C25" s="6">
         <v>0.0</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E25" s="6">
         <v>0.0</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G25" s="6">
         <v>0.0</v>
       </c>
       <c r="H25" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C26" s="6">
         <v>0.0</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E26" s="6">
         <v>0.0</v>
       </c>
       <c r="F26" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G26" s="6">
         <v>0.0</v>
       </c>
       <c r="H26" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C27" s="6">
         <v>0.0</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E27" s="6">
         <v>0.0</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G27" s="6">
         <v>0.0</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C28" s="6">
         <v>0.0</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E28" s="6">
         <v>0.0</v>
       </c>
       <c r="F28" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G28" s="6">
         <v>0.0</v>
       </c>
       <c r="H28" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="5"/>
       <c r="B29" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C29" s="6">
         <v>0.0</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E29" s="6">
         <v>2.3</v>
       </c>
       <c r="F29" s="6">
         <v>0.9</v>
       </c>
       <c r="G29" s="6">
         <v>2.2</v>
       </c>
       <c r="H29" s="6">
         <v>0.8</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C30" s="6">
         <v>14.4</v>
       </c>
       <c r="D30" s="6">
         <v>16.1</v>
       </c>
       <c r="E30" s="6">
         <v>20.6</v>
       </c>
       <c r="F30" s="6">
         <v>3.5</v>
       </c>
       <c r="G30" s="6">
         <v>20.5</v>
       </c>
       <c r="H30" s="6">
         <v>3.4</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C31" s="6">
         <v>0.0</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E31" s="6">
         <v>16.3</v>
       </c>
       <c r="F31" s="6">
         <v>14.9</v>
       </c>
       <c r="G31" s="6">
         <v>14.1</v>
       </c>
       <c r="H31" s="6">
         <v>13.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C32" s="6">
         <v>0.0</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E32" s="6">
         <v>0.0</v>
       </c>
       <c r="F32" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G32" s="6">
         <v>0.0</v>
       </c>
       <c r="H32" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="5"/>
       <c r="B33" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C33" s="6">
         <v>0.0</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E33" s="6">
         <v>13.4</v>
       </c>
       <c r="F33" s="6">
         <v>13.9</v>
       </c>
       <c r="G33" s="6">
         <v>13.4</v>
       </c>
       <c r="H33" s="6">
         <v>13.9</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="5"/>
       <c r="B34" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C34" s="6">
         <v>0.0</v>
       </c>
       <c r="D34" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E34" s="6">
         <v>28.8</v>
       </c>
       <c r="F34" s="6">
         <v>15.0</v>
       </c>
       <c r="G34" s="6">
         <v>28.8</v>
       </c>
       <c r="H34" s="6">
         <v>15.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="5"/>
       <c r="B35" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C35" s="6">
         <v>1.1</v>
       </c>
       <c r="D35" s="6">
         <v>1.4</v>
       </c>
       <c r="E35" s="6">
         <v>5.8</v>
       </c>
       <c r="F35" s="6">
         <v>1.0</v>
       </c>
       <c r="G35" s="6">
         <v>5.6</v>
       </c>
       <c r="H35" s="6">
         <v>1.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="5"/>
       <c r="B36" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C36" s="6">
         <v>19.7</v>
       </c>
       <c r="D36" s="6">
         <v>6.7</v>
       </c>
       <c r="E36" s="6">
         <v>18.8</v>
       </c>
       <c r="F36" s="6">
         <v>1.9</v>
       </c>
       <c r="G36" s="6">
         <v>18.8</v>
       </c>
       <c r="H36" s="6">
         <v>1.8</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="5"/>
       <c r="B37" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C37" s="6">
         <v>18.8</v>
       </c>
       <c r="D37" s="6">
         <v>3.3</v>
       </c>
       <c r="E37" s="6">
         <v>13.1</v>
       </c>
       <c r="F37" s="6">
         <v>1.9</v>
       </c>
       <c r="G37" s="6">
         <v>13.5</v>
       </c>
       <c r="H37" s="6">
         <v>1.8</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="5"/>
       <c r="B38" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C38" s="6">
         <v>100.0</v>
       </c>
       <c r="D38" s="6">
         <v>0.0</v>
       </c>
       <c r="E38" s="6">
         <v>15.1</v>
       </c>
       <c r="F38" s="6">
         <v>4.2</v>
       </c>
       <c r="G38" s="6">
         <v>15.3</v>
       </c>
       <c r="H38" s="6">
         <v>4.2</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="5"/>
       <c r="B39" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C39" s="6">
         <v>0.0</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E39" s="6">
         <v>17.8</v>
       </c>
       <c r="F39" s="6">
         <v>12.4</v>
       </c>
       <c r="G39" s="6">
         <v>16.1</v>
       </c>
       <c r="H39" s="6">
         <v>11.2</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="5"/>
       <c r="B40" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C40" s="6">
         <v>33.3</v>
       </c>
       <c r="D40" s="6">
         <v>10.0</v>
       </c>
       <c r="E40" s="6">
         <v>25.1</v>
       </c>
       <c r="F40" s="6">
         <v>3.0</v>
       </c>
       <c r="G40" s="6">
         <v>25.3</v>
       </c>
       <c r="H40" s="6">
         <v>3.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="5"/>
       <c r="B41" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C41" s="6">
         <v>0.0</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E41" s="6">
         <v>0.0</v>
       </c>
       <c r="F41" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G41" s="6">
         <v>0.0</v>
       </c>
       <c r="H41" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="5"/>
       <c r="B42" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C42" s="6">
         <v>14.7</v>
       </c>
       <c r="D42" s="6">
         <v>4.4</v>
       </c>
       <c r="E42" s="6">
         <v>14.3</v>
       </c>
       <c r="F42" s="6">
         <v>1.0</v>
       </c>
       <c r="G42" s="6">
         <v>14.4</v>
       </c>
       <c r="H42" s="6">
         <v>0.9</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C43" s="6">
         <v>0.0</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E43" s="6">
         <v>0.0</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G43" s="6">
         <v>0.0</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="5"/>
       <c r="B44" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C44" s="6">
         <v>9.9</v>
       </c>
       <c r="D44" s="6">
         <v>8.5</v>
       </c>
       <c r="E44" s="6">
         <v>2.8</v>
       </c>
       <c r="F44" s="6">
         <v>0.7</v>
       </c>
       <c r="G44" s="6">
         <v>2.9</v>
       </c>
       <c r="H44" s="6">
         <v>0.7</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="5"/>
       <c r="B45" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C45" s="6">
         <v>0.0</v>
       </c>
       <c r="D45" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E45" s="6">
         <v>12.8</v>
       </c>
       <c r="F45" s="6">
         <v>2.2</v>
       </c>
       <c r="G45" s="6">
         <v>12.6</v>
       </c>
       <c r="H45" s="6">
         <v>2.1</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="5"/>
       <c r="B46" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C46" s="6">
         <v>0.0</v>
       </c>
       <c r="D46" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E46" s="6">
         <v>14.5</v>
       </c>
       <c r="F46" s="6">
         <v>11.0</v>
       </c>
       <c r="G46" s="6">
         <v>14.5</v>
       </c>
       <c r="H46" s="6">
         <v>11.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="5"/>
       <c r="B47" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C47" s="6">
         <v>0.0</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E47" s="6">
         <v>24.3</v>
       </c>
       <c r="F47" s="6">
         <v>12.7</v>
       </c>
       <c r="G47" s="6">
         <v>24.3</v>
       </c>
       <c r="H47" s="6">
         <v>12.7</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="5"/>
       <c r="B48" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C48" s="6">
         <v>0.0</v>
       </c>
       <c r="D48" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E48" s="6">
         <v>0.0</v>
       </c>
       <c r="F48" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G48" s="6">
         <v>0.0</v>
       </c>
       <c r="H48" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="5"/>
       <c r="B49" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C49" s="6">
         <v>0.0</v>
       </c>
       <c r="D49" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E49" s="6">
         <v>33.5</v>
       </c>
       <c r="F49" s="6">
         <v>27.3</v>
       </c>
       <c r="G49" s="6">
         <v>33.5</v>
       </c>
       <c r="H49" s="6">
         <v>27.3</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="5"/>
       <c r="B50" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C50" s="6">
         <v>0.0</v>
       </c>
       <c r="D50" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E50" s="6">
         <v>5.9</v>
       </c>
       <c r="F50" s="6">
         <v>0.8</v>
       </c>
       <c r="G50" s="6">
         <v>5.8</v>
       </c>
       <c r="H50" s="6">
         <v>0.8</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="5"/>
       <c r="B51" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C51" s="6">
         <v>50.5</v>
       </c>
       <c r="D51" s="6">
         <v>17.5</v>
       </c>
       <c r="E51" s="6">
         <v>30.8</v>
       </c>
       <c r="F51" s="6">
         <v>3.3</v>
       </c>
       <c r="G51" s="6">
         <v>30.9</v>
       </c>
       <c r="H51" s="6">
         <v>3.3</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="5"/>
       <c r="B52" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C52" s="6">
         <v>60.9</v>
       </c>
       <c r="D52" s="6">
         <v>6.8</v>
       </c>
       <c r="E52" s="6">
         <v>18.2</v>
       </c>
       <c r="F52" s="6">
         <v>2.5</v>
       </c>
       <c r="G52" s="6">
         <v>22.5</v>
       </c>
       <c r="H52" s="6">
         <v>3.3</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="5"/>
       <c r="B53" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C53" s="6">
         <v>0.0</v>
       </c>
       <c r="D53" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E53" s="6">
         <v>21.6</v>
       </c>
       <c r="F53" s="6">
         <v>11.2</v>
       </c>
       <c r="G53" s="6">
         <v>20.9</v>
       </c>
       <c r="H53" s="6">
         <v>10.7</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="5"/>
       <c r="B54" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C54" s="6">
         <v>0.0</v>
       </c>
       <c r="D54" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E54" s="6">
         <v>25.0</v>
       </c>
       <c r="F54" s="6">
         <v>21.7</v>
       </c>
       <c r="G54" s="6">
         <v>19.6</v>
       </c>
       <c r="H54" s="6">
         <v>17.7</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="5"/>
       <c r="B55" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C55" s="6">
         <v>43.2</v>
       </c>
       <c r="D55" s="6">
         <v>21.3</v>
       </c>
       <c r="E55" s="6">
         <v>34.5</v>
       </c>
       <c r="F55" s="6">
         <v>3.1</v>
       </c>
       <c r="G55" s="6">
         <v>34.7</v>
       </c>
       <c r="H55" s="6">
         <v>3.1</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="5"/>
       <c r="B56" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C56" s="6">
         <v>0.0</v>
       </c>
       <c r="D56" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E56" s="6">
         <v>0.0</v>
       </c>
       <c r="F56" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G56" s="6">
         <v>0.0</v>
       </c>
       <c r="H56" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="5"/>
       <c r="B57" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C57" s="6">
         <v>39.0</v>
       </c>
       <c r="D57" s="6">
         <v>9.4</v>
       </c>
       <c r="E57" s="6">
         <v>15.0</v>
       </c>
       <c r="F57" s="6">
         <v>1.1</v>
       </c>
       <c r="G57" s="6">
         <v>15.5</v>
       </c>
       <c r="H57" s="6">
         <v>1.2</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="5" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C58" s="6">
         <v>0.0</v>
       </c>
       <c r="D58" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E58" s="6">
         <v>0.0</v>
       </c>
       <c r="F58" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G58" s="6">
         <v>0.0</v>
       </c>
       <c r="H58" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="5"/>
       <c r="B59" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C59" s="6">
         <v>0.0</v>
       </c>
       <c r="D59" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E59" s="6">
         <v>0.0</v>
       </c>
       <c r="F59" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G59" s="6">
         <v>0.0</v>
       </c>
       <c r="H59" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="5"/>
       <c r="B60" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C60" s="6">
         <v>0.0</v>
       </c>
       <c r="D60" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E60" s="6">
         <v>0.0</v>
       </c>
       <c r="F60" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G60" s="6">
         <v>0.0</v>
       </c>
       <c r="H60" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="5"/>
       <c r="B61" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C61" s="6">
         <v>0.0</v>
       </c>
       <c r="D61" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E61" s="6">
         <v>0.0</v>
       </c>
       <c r="F61" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G61" s="6">
         <v>0.0</v>
       </c>
       <c r="H61" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="5"/>
       <c r="B62" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C62" s="6">
         <v>0.0</v>
       </c>
       <c r="D62" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E62" s="6">
         <v>0.0</v>
       </c>
       <c r="F62" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G62" s="6">
         <v>0.0</v>
       </c>
       <c r="H62" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="5"/>
       <c r="B63" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C63" s="6">
         <v>0.0</v>
       </c>
       <c r="D63" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E63" s="6">
         <v>0.0</v>
       </c>
       <c r="F63" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G63" s="6">
         <v>0.0</v>
       </c>
       <c r="H63" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="5"/>
       <c r="B64" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C64" s="6">
         <v>0.0</v>
       </c>
       <c r="D64" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E64" s="6">
         <v>0.0</v>
       </c>
       <c r="F64" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G64" s="6">
         <v>0.0</v>
       </c>
       <c r="H64" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="5"/>
       <c r="B65" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C65" s="6">
         <v>0.0</v>
       </c>
       <c r="D65" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E65" s="6">
         <v>0.0</v>
       </c>
       <c r="F65" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G65" s="6">
         <v>0.0</v>
       </c>
       <c r="H65" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="5"/>
       <c r="B66" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C66" s="6">
         <v>0.0</v>
       </c>
       <c r="D66" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E66" s="6">
         <v>0.0</v>
       </c>
       <c r="F66" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G66" s="6">
         <v>0.0</v>
       </c>
       <c r="H66" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="5"/>
       <c r="B67" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C67" s="6">
         <v>0.0</v>
       </c>
       <c r="D67" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E67" s="6">
         <v>0.0</v>
       </c>
       <c r="F67" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G67" s="6">
         <v>0.0</v>
       </c>
       <c r="H67" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="5"/>
       <c r="B68" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C68" s="6">
         <v>0.0</v>
       </c>
       <c r="D68" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E68" s="6">
         <v>0.0</v>
       </c>
       <c r="F68" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G68" s="6">
         <v>0.0</v>
       </c>
       <c r="H68" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="5"/>
       <c r="B69" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C69" s="6">
         <v>0.0</v>
       </c>
       <c r="D69" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E69" s="6">
         <v>0.0</v>
       </c>
       <c r="F69" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G69" s="6">
         <v>0.0</v>
       </c>
       <c r="H69" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="5"/>
       <c r="B70" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C70" s="6">
         <v>0.0</v>
       </c>
       <c r="D70" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E70" s="6">
         <v>0.0</v>
       </c>
       <c r="F70" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G70" s="6">
         <v>0.0</v>
       </c>
       <c r="H70" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="5"/>
       <c r="B71" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C71" s="6">
         <v>0.0</v>
       </c>
       <c r="D71" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E71" s="6">
         <v>0.0</v>
       </c>
       <c r="F71" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G71" s="6">
         <v>0.0</v>
       </c>
       <c r="H71" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="5"/>
       <c r="B72" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C72" s="6">
         <v>0.0</v>
       </c>
       <c r="D72" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E72" s="6">
         <v>0.0</v>
       </c>
       <c r="F72" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G72" s="6">
         <v>0.0</v>
       </c>
       <c r="H72" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="5" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C73" s="6">
         <v>0.0</v>
       </c>
       <c r="D73" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E73" s="6">
         <v>0.0</v>
       </c>
       <c r="F73" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G73" s="6">
         <v>0.0</v>
       </c>
       <c r="H73" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="5"/>
       <c r="B74" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C74" s="6">
         <v>0.0</v>
       </c>
       <c r="D74" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E74" s="6">
         <v>0.0</v>
       </c>
       <c r="F74" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G74" s="6">
         <v>0.0</v>
       </c>
       <c r="H74" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="5"/>
       <c r="B75" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C75" s="6">
         <v>0.0</v>
       </c>
       <c r="D75" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E75" s="6">
         <v>0.0</v>
       </c>
       <c r="F75" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G75" s="6">
         <v>0.0</v>
       </c>
       <c r="H75" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="5"/>
       <c r="B76" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C76" s="6">
         <v>0.0</v>
       </c>
       <c r="D76" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E76" s="6">
         <v>0.0</v>
       </c>
       <c r="F76" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G76" s="6">
         <v>0.0</v>
       </c>
       <c r="H76" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="5"/>
       <c r="B77" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C77" s="6">
         <v>0.0</v>
       </c>
       <c r="D77" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E77" s="6">
         <v>0.0</v>
       </c>
       <c r="F77" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G77" s="6">
         <v>0.0</v>
       </c>
       <c r="H77" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="5"/>
       <c r="B78" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C78" s="6">
         <v>0.0</v>
       </c>
       <c r="D78" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E78" s="6">
         <v>0.0</v>
       </c>
       <c r="F78" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G78" s="6">
         <v>0.0</v>
       </c>
       <c r="H78" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="5"/>
       <c r="B79" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C79" s="6">
         <v>0.0</v>
       </c>
       <c r="D79" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E79" s="6">
         <v>0.0</v>
       </c>
       <c r="F79" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G79" s="6">
         <v>0.0</v>
       </c>
       <c r="H79" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="5"/>
       <c r="B80" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C80" s="6">
         <v>0.0</v>
       </c>
       <c r="D80" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E80" s="6">
         <v>0.0</v>
       </c>
       <c r="F80" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G80" s="6">
         <v>0.0</v>
       </c>
       <c r="H80" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="5"/>
       <c r="B81" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C81" s="6">
         <v>0.0</v>
       </c>
       <c r="D81" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E81" s="6">
         <v>0.0</v>
       </c>
       <c r="F81" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G81" s="6">
         <v>0.0</v>
       </c>
       <c r="H81" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="5"/>
       <c r="B82" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C82" s="6">
         <v>0.0</v>
       </c>
       <c r="D82" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E82" s="6">
         <v>0.0</v>
       </c>
       <c r="F82" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G82" s="6">
         <v>0.0</v>
       </c>
       <c r="H82" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="5"/>
       <c r="B83" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C83" s="6">
         <v>0.0</v>
       </c>
       <c r="D83" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E83" s="6">
         <v>0.0</v>
       </c>
       <c r="F83" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G83" s="6">
         <v>0.0</v>
       </c>
       <c r="H83" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="5"/>
       <c r="B84" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C84" s="6">
         <v>0.0</v>
       </c>
       <c r="D84" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E84" s="6">
         <v>0.0</v>
       </c>
       <c r="F84" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G84" s="6">
         <v>0.0</v>
       </c>
       <c r="H84" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="5"/>
       <c r="B85" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C85" s="6">
         <v>0.0</v>
       </c>
       <c r="D85" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E85" s="6">
         <v>0.0</v>
       </c>
       <c r="F85" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G85" s="6">
         <v>0.0</v>
       </c>
       <c r="H85" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="5"/>
       <c r="B86" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C86" s="6">
         <v>0.0</v>
       </c>
       <c r="D86" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E86" s="6">
         <v>0.0</v>
       </c>
       <c r="F86" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G86" s="6">
         <v>0.0</v>
       </c>
       <c r="H86" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="5"/>
       <c r="B87" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C87" s="6">
         <v>0.0</v>
       </c>
       <c r="D87" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E87" s="6">
         <v>0.0</v>
       </c>
       <c r="F87" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G87" s="6">
         <v>0.0</v>
       </c>
       <c r="H87" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="5" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C88" s="6">
         <v>0.0</v>
       </c>
       <c r="D88" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E88" s="6">
         <v>0.0</v>
       </c>
       <c r="F88" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G88" s="6">
         <v>0.0</v>
       </c>
       <c r="H88" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="5"/>
       <c r="B89" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C89" s="6">
         <v>0.0</v>
       </c>
       <c r="D89" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E89" s="6">
         <v>0.0</v>
       </c>
       <c r="F89" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G89" s="6">
         <v>0.0</v>
       </c>
       <c r="H89" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="5"/>
       <c r="B90" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C90" s="6">
         <v>0.0</v>
       </c>
       <c r="D90" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E90" s="6">
         <v>0.0</v>
       </c>
       <c r="F90" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G90" s="6">
         <v>0.0</v>
       </c>
       <c r="H90" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="5"/>
       <c r="B91" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C91" s="6">
         <v>0.0</v>
       </c>
       <c r="D91" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E91" s="6">
         <v>0.0</v>
       </c>
       <c r="F91" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G91" s="6">
         <v>0.0</v>
       </c>
       <c r="H91" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="5"/>
       <c r="B92" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C92" s="6">
         <v>0.0</v>
       </c>
       <c r="D92" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E92" s="6">
         <v>0.0</v>
       </c>
       <c r="F92" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G92" s="6">
         <v>0.0</v>
       </c>
       <c r="H92" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="5"/>
       <c r="B93" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C93" s="6">
         <v>0.0</v>
       </c>
       <c r="D93" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E93" s="6">
         <v>0.0</v>
       </c>
       <c r="F93" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G93" s="6">
         <v>0.0</v>
       </c>
       <c r="H93" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="5"/>
       <c r="B94" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C94" s="6">
         <v>0.0</v>
       </c>
       <c r="D94" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E94" s="6">
         <v>0.0</v>
       </c>
       <c r="F94" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G94" s="6">
         <v>0.0</v>
       </c>
       <c r="H94" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="5"/>
       <c r="B95" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C95" s="6">
         <v>0.0</v>
       </c>
       <c r="D95" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E95" s="6">
         <v>0.0</v>
       </c>
       <c r="F95" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G95" s="6">
         <v>0.0</v>
       </c>
       <c r="H95" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="5"/>
       <c r="B96" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C96" s="6">
         <v>0.0</v>
       </c>
       <c r="D96" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E96" s="6">
         <v>0.0</v>
       </c>
       <c r="F96" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G96" s="6">
         <v>0.0</v>
       </c>
       <c r="H96" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="5"/>
       <c r="B97" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C97" s="6">
         <v>0.0</v>
       </c>
       <c r="D97" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E97" s="6">
         <v>0.0</v>
       </c>
       <c r="F97" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G97" s="6">
         <v>0.0</v>
       </c>
       <c r="H97" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="5"/>
       <c r="B98" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C98" s="6">
         <v>0.0</v>
       </c>
       <c r="D98" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E98" s="6">
         <v>0.0</v>
       </c>
       <c r="F98" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G98" s="6">
         <v>0.0</v>
       </c>
       <c r="H98" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="5"/>
       <c r="B99" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C99" s="6">
         <v>0.0</v>
       </c>
       <c r="D99" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E99" s="6">
         <v>0.0</v>
       </c>
       <c r="F99" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G99" s="6">
         <v>0.0</v>
       </c>
       <c r="H99" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="5"/>
       <c r="B100" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C100" s="6">
         <v>0.0</v>
       </c>
       <c r="D100" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E100" s="6">
         <v>0.0</v>
       </c>
       <c r="F100" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G100" s="6">
         <v>0.0</v>
       </c>
       <c r="H100" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="5"/>
       <c r="B101" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C101" s="6">
         <v>0.0</v>
       </c>
       <c r="D101" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E101" s="6">
         <v>0.0</v>
       </c>
       <c r="F101" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G101" s="6">
         <v>0.0</v>
       </c>
       <c r="H101" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="5"/>
       <c r="B102" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C102" s="6">
         <v>0.0</v>
       </c>
       <c r="D102" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E102" s="6">
         <v>0.0</v>
       </c>
       <c r="F102" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G102" s="6">
         <v>0.0</v>
       </c>
       <c r="H102" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C103" s="6">
         <v>0.0</v>
       </c>
       <c r="D103" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E103" s="6">
         <v>0.0</v>
       </c>
       <c r="F103" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G103" s="6">
         <v>0.0</v>
       </c>
       <c r="H103" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="5"/>
       <c r="B104" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C104" s="6">
         <v>1.6</v>
       </c>
       <c r="D104" s="6">
         <v>1.6</v>
       </c>
       <c r="E104" s="6">
         <v>2.5</v>
       </c>
       <c r="F104" s="6">
         <v>0.6</v>
       </c>
       <c r="G104" s="6">
         <v>2.5</v>
       </c>
       <c r="H104" s="6">
         <v>0.6</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="5"/>
       <c r="B105" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C105" s="6">
         <v>9.5</v>
       </c>
       <c r="D105" s="6">
         <v>8.7</v>
       </c>
       <c r="E105" s="6">
         <v>18.8</v>
       </c>
       <c r="F105" s="6">
         <v>2.8</v>
       </c>
       <c r="G105" s="6">
         <v>18.7</v>
       </c>
       <c r="H105" s="6">
         <v>2.8</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="5"/>
       <c r="B106" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C106" s="6">
         <v>0.0</v>
       </c>
       <c r="D106" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E106" s="6">
         <v>15.1</v>
       </c>
       <c r="F106" s="6">
         <v>12.0</v>
       </c>
       <c r="G106" s="6">
         <v>14.3</v>
       </c>
       <c r="H106" s="6">
         <v>11.5</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="5"/>
       <c r="B107" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C107" s="6">
         <v>0.0</v>
       </c>
       <c r="D107" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E107" s="6">
         <v>16.9</v>
       </c>
       <c r="F107" s="6">
         <v>10.1</v>
       </c>
       <c r="G107" s="6">
         <v>16.9</v>
       </c>
       <c r="H107" s="6">
         <v>10.1</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="5"/>
       <c r="B108" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C108" s="6">
         <v>0.0</v>
       </c>
       <c r="D108" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E108" s="6">
         <v>7.8</v>
       </c>
       <c r="F108" s="6">
         <v>7.5</v>
       </c>
       <c r="G108" s="6">
         <v>7.6</v>
       </c>
       <c r="H108" s="6">
         <v>7.2</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="5"/>
       <c r="B109" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C109" s="6">
         <v>0.0</v>
       </c>
       <c r="D109" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E109" s="6">
         <v>29.2</v>
       </c>
       <c r="F109" s="6">
         <v>14.1</v>
       </c>
       <c r="G109" s="6">
         <v>29.2</v>
       </c>
       <c r="H109" s="6">
         <v>14.1</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="5"/>
       <c r="B110" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C110" s="6">
         <v>1.0</v>
       </c>
       <c r="D110" s="6">
         <v>1.3</v>
       </c>
       <c r="E110" s="6">
         <v>5.9</v>
       </c>
       <c r="F110" s="6">
         <v>0.8</v>
       </c>
       <c r="G110" s="6">
         <v>5.7</v>
       </c>
       <c r="H110" s="6">
         <v>0.8</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="5"/>
       <c r="B111" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C111" s="6">
         <v>20.8</v>
       </c>
       <c r="D111" s="6">
         <v>7.2</v>
       </c>
       <c r="E111" s="6">
         <v>20.6</v>
       </c>
       <c r="F111" s="6">
         <v>1.9</v>
       </c>
       <c r="G111" s="6">
         <v>20.6</v>
       </c>
       <c r="H111" s="6">
         <v>1.9</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="5"/>
       <c r="B112" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C112" s="6">
         <v>25.8</v>
       </c>
       <c r="D112" s="6">
         <v>3.6</v>
       </c>
       <c r="E112" s="6">
         <v>13.6</v>
       </c>
       <c r="F112" s="6">
         <v>1.8</v>
       </c>
       <c r="G112" s="6">
         <v>14.5</v>
       </c>
       <c r="H112" s="6">
         <v>1.8</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="5"/>
       <c r="B113" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C113" s="6">
         <v>58.1</v>
       </c>
       <c r="D113" s="6">
         <v>0.0</v>
       </c>
       <c r="E113" s="6">
         <v>15.5</v>
       </c>
       <c r="F113" s="6">
         <v>4.0</v>
       </c>
       <c r="G113" s="6">
         <v>15.7</v>
       </c>
       <c r="H113" s="6">
         <v>4.0</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="5"/>
       <c r="B114" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C114" s="6">
         <v>0.0</v>
       </c>
       <c r="D114" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E114" s="6">
         <v>18.7</v>
       </c>
       <c r="F114" s="6">
         <v>11.3</v>
       </c>
       <c r="G114" s="6">
         <v>16.5</v>
       </c>
       <c r="H114" s="6">
         <v>10.0</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="5"/>
       <c r="B115" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C115" s="6">
         <v>35.5</v>
       </c>
       <c r="D115" s="6">
         <v>10.2</v>
       </c>
       <c r="E115" s="6">
         <v>27.7</v>
       </c>
       <c r="F115" s="6">
         <v>2.5</v>
       </c>
       <c r="G115" s="6">
         <v>27.8</v>
       </c>
       <c r="H115" s="6">
         <v>2.5</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="5"/>
       <c r="B116" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C116" s="6">
         <v>0.0</v>
       </c>
       <c r="D116" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E116" s="6">
         <v>0.0</v>
       </c>
       <c r="F116" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G116" s="6">
         <v>0.0</v>
       </c>
       <c r="H116" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="5"/>
       <c r="B117" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C117" s="6">
         <v>17.9</v>
       </c>
       <c r="D117" s="6">
         <v>5.2</v>
       </c>
       <c r="E117" s="6">
         <v>14.5</v>
       </c>
       <c r="F117" s="6">
         <v>0.9</v>
       </c>
       <c r="G117" s="6">
         <v>14.6</v>
       </c>
       <c r="H117" s="6">
         <v>0.9</v>
       </c>
     </row>
     <row r="118" spans="1:8" customHeight="1" ht="21.75">
       <c r="A118" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1363487/545245</t>
           </r>
         </is>
       </c>
       <c r="C118" s="3"/>
       <c r="D118" s="3"/>
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
       <c r="H118" s="3"/>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Jungwaldstammzahl mit Verbiss</t>
+            <t xml:space="preserve">number of stems of young forest plants with browsing damage</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #404</t>
           </r>
         </is>
       </c>
     </row>
     <row r="122" spans="1:8" customHeight="1" ht="29">
       <c r="A122" s="1" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Jungwaldstammzahl mit Verbissansprache</t>
+            <t xml:space="preserve">number of stems of young forest plants assessed for browsing</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #405</t>
           </r>
         </is>
       </c>
     </row>
     <row r="125" spans="1:8" customHeight="1" ht="29">
       <c r="A125" s="1" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald gegen Stein-/Blockschlag (2022)</t>
+            <t xml:space="preserve">protective forest against rockfall (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2646</t>
           </r>
         </is>
       </c>
     </row>
     <row r="128" spans="1:8" customHeight="1" ht="29">
       <c r="A128" s="1" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Grössenklasse (Jungwald; 5 Klassen)</t>
+            <t xml:space="preserve">size classe (young forest; 5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2623</t>
           </r>
         </is>
       </c>
     </row>
     <row r="131" spans="1:8" customHeight="1" ht="29">
       <c r="A131" s="1" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hauptbaumart im Jungwald (Zählung)</t>
+            <t xml:space="preserve">main tree species in young forest (counting)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2625</t>
           </r>
         </is>
       </c>
     </row>
     <row r="134" spans="1:8" customHeight="1" ht="29">
       <c r="A134" s="1" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:8" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bestockbarer zugänglicher Wald ohne Gebüschwald LFI2-LFI5</t>
+            <t xml:space="preserve">stockable and accessible forest without shrub forest NFI2-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2615</t>
           </r>
         </is>
       </c>
     </row>
     <row r="140" spans="1:8" customHeight="1" ht="29">
       <c r="A140" s="1" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="143" spans="1:8" customHeight="1" ht="29">
       <c r="A143" s="1" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
     <mergeCell ref="A6:H6"/>
     <mergeCell ref="A7:H7"/>
     <mergeCell ref="A8:H8"/>
     <mergeCell ref="C10:H10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="A13:A27"/>
     <mergeCell ref="A28:A42"/>
     <mergeCell ref="A43:A57"/>
     <mergeCell ref="A58:A72"/>
     <mergeCell ref="A73:A87"/>
     <mergeCell ref="A88:A102"/>
     <mergeCell ref="A103:A117"/>
     <mergeCell ref="A118:H118"/>
     <mergeCell ref="A121:H121"/>