--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>stand age (in 40-year classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Bestandesalter (40-Jahres-Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,258 +172,258 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>0 (unstocked)</t>
-[...20 lines deleted...]
-    <t>total</t>
+    <t>0 (unbestockt)</t>
+  </si>
+  <si>
+    <t>1-40 Jahre</t>
+  </si>
+  <si>
+    <t>41-80 Jahre</t>
+  </si>
+  <si>
+    <t>81-120 Jahre</t>
+  </si>
+  <si>
+    <t>121-160 Jahre</t>
+  </si>
+  <si>
+    <t>&gt;160 Jahre</t>
+  </si>
+  <si>
+    <t>ungleichaltrig</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1363750/545508</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stand age (in 40-year classes)</t>
+      <t xml:space="preserve">Bestandesalter (40-Jahres-Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1264</t>
     </r>
   </si>
   <si>
-    <t>Age of the stand – in classes of 40 years. Reference: Field Survey (MID 264: Bestandesalter)</t>
+    <t>Alter des Bestandes in Klassen zu 40 Jahren. Grundlage: Feldaufnahme (MID 264: Bestandesalter)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -775,51 +775,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="38.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -2657,51 +2657,51 @@
         <v>50.2</v>
       </c>
       <c r="AY21" s="6">
         <v>7</v>
       </c>
       <c r="AZ21" s="6">
         <v>1211.5</v>
       </c>
       <c r="BA21" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:53" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1363750/545508</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
@@ -2739,191 +2739,191 @@
       <c r="AQ22" s="3"/>
       <c r="AR22" s="3"/>
       <c r="AS22" s="3"/>
       <c r="AT22" s="3"/>
       <c r="AU22" s="3"/>
       <c r="AV22" s="3"/>
       <c r="AW22" s="3"/>
       <c r="AX22" s="3"/>
       <c r="AY22" s="3"/>
       <c r="AZ22" s="3"/>
       <c r="BA22" s="3"/>
     </row>
     <row r="25" spans="1:53">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:53" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="28" spans="1:53">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stand age (in 40-year classes)</t>
+            <t xml:space="preserve">Bestandesalter (40-Jahres-Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1264</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:53" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="31" spans="1:53">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:53" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="34" spans="1:53">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:53" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="37" spans="1:53">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:53" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>