--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Bestandesalter (40-Jahres-Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>età del popolamento (classi di 40 anni)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,258 +172,258 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>0 (unbestockt)</t>
-[...20 lines deleted...]
-    <t>Total</t>
+    <t>0 (non boscata)</t>
+  </si>
+  <si>
+    <t>1-40 anni</t>
+  </si>
+  <si>
+    <t>41-80 anni</t>
+  </si>
+  <si>
+    <t>81-120 anni</t>
+  </si>
+  <si>
+    <t>121-160 anni</t>
+  </si>
+  <si>
+    <t>&gt;160 anni</t>
+  </si>
+  <si>
+    <t>popolamenti non coetanei</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1363750/545508</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bestandesalter (40-Jahres-Klassen)</t>
+      <t xml:space="preserve">età del popolamento (classi di 40 anni)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1264</t>
     </r>
   </si>
   <si>
-    <t>Alter des Bestandes in Klassen zu 40 Jahren. Grundlage: Feldaufnahme (MID 264: Bestandesalter)</t>
+    <t>Età del popolamento in classi di 40 anni. Fonte: rilievo sul terreno (MID 264: Bestandesalter)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -775,51 +775,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -2657,51 +2657,51 @@
         <v>50.2</v>
       </c>
       <c r="AY21" s="6">
         <v>7</v>
       </c>
       <c r="AZ21" s="6">
         <v>1211.5</v>
       </c>
       <c r="BA21" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:53" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1363750/545508</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
@@ -2739,191 +2739,191 @@
       <c r="AQ22" s="3"/>
       <c r="AR22" s="3"/>
       <c r="AS22" s="3"/>
       <c r="AT22" s="3"/>
       <c r="AU22" s="3"/>
       <c r="AV22" s="3"/>
       <c r="AW22" s="3"/>
       <c r="AX22" s="3"/>
       <c r="AY22" s="3"/>
       <c r="AZ22" s="3"/>
       <c r="BA22" s="3"/>
     </row>
     <row r="25" spans="1:53">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:53" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="28" spans="1:53">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Bestandesalter (40-Jahres-Klassen)</t>
+            <t xml:space="preserve">età del popolamento (classi di 40 anni)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1264</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:53" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="31" spans="1:53">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:53" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="34" spans="1:53">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:53" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="37" spans="1:53">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:53" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>