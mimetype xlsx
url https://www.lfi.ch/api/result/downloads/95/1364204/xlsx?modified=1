--- v0 (2026-01-23)
+++ v1 (2026-03-17)
@@ -14,371 +14,371 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>conifere e latifoglie</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>basal area</t>
+  </si>
+  <si>
+    <t>conifers and broadleaves</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...54 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifere</t>
-[...8 lines deleted...]
-    <t>totale</t>
+    <t>conifers</t>
+  </si>
+  <si>
+    <t>broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1364204/545962</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area basimetrica</t>
+      <t xml:space="preserve">basal area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifere e latifoglie</t>
+      <t xml:space="preserve">conifers and broadleaves</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -730,51 +730,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -1484,51 +1484,51 @@
         <v>33.8</v>
       </c>
       <c r="AC17" s="6">
         <v>4</v>
       </c>
       <c r="AD17" s="6">
         <v>32.4</v>
       </c>
       <c r="AE17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:31" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1364204/545962</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -1544,191 +1544,191 @@
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
       <c r="W18" s="3"/>
       <c r="X18" s="3"/>
       <c r="Y18" s="3"/>
       <c r="Z18" s="3"/>
       <c r="AA18" s="3"/>
       <c r="AB18" s="3"/>
       <c r="AC18" s="3"/>
       <c r="AD18" s="3"/>
       <c r="AE18" s="3"/>
     </row>
     <row r="21" spans="1:31">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area basimetrica</t>
+            <t xml:space="preserve">basal area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:31" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:31">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifere e latifoglie</t>
+            <t xml:space="preserve">conifers and broadleaves</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>