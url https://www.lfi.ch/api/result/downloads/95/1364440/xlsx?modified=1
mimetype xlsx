--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>ownership (2 categories)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>area basimetrica</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,243 +172,243 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>public</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>pubblica</t>
+  </si>
+  <si>
+    <t>privata</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1364440/546198</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">area basimetrica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ownership (2 categories)</t>
+      <t xml:space="preserve">proprietà (2 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
+    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -760,51 +760,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -1837,51 +1837,51 @@
         <v>26.6</v>
       </c>
       <c r="AY16" s="6">
         <v>5</v>
       </c>
       <c r="AZ16" s="6">
         <v>31.1</v>
       </c>
       <c r="BA16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:53" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1364440/546198</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1919,191 +1919,191 @@
       <c r="AQ17" s="3"/>
       <c r="AR17" s="3"/>
       <c r="AS17" s="3"/>
       <c r="AT17" s="3"/>
       <c r="AU17" s="3"/>
       <c r="AV17" s="3"/>
       <c r="AW17" s="3"/>
       <c r="AX17" s="3"/>
       <c r="AY17" s="3"/>
       <c r="AZ17" s="3"/>
       <c r="BA17" s="3"/>
     </row>
     <row r="20" spans="1:53">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">area basimetrica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:53" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="23" spans="1:53">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ownership (2 categories)</t>
+            <t xml:space="preserve">proprietà (2 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:53" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="26" spans="1:53">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>