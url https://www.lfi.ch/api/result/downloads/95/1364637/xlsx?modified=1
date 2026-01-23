--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,413 +14,413 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest type (17 classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Basalfläche</t>
+  </si>
+  <si>
+    <t>Waldtyp (17 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>inaccessible forest</t>
-[...50 lines deleted...]
-    <t>total</t>
+    <t>unzugänglicher Wald</t>
+  </si>
+  <si>
+    <t>Gebüschwald</t>
+  </si>
+  <si>
+    <t>dauernd nicht bestockte Waldfläche</t>
+  </si>
+  <si>
+    <t>vorübergehend nicht bestockte Waldfläche</t>
+  </si>
+  <si>
+    <t>Schneise, Böschung</t>
+  </si>
+  <si>
+    <t>dauernd aufgelöste Bestockung</t>
+  </si>
+  <si>
+    <t>Selve, Plantage</t>
+  </si>
+  <si>
+    <t>Niederwald</t>
+  </si>
+  <si>
+    <t>Mittelwald</t>
+  </si>
+  <si>
+    <t>plenterartiger Hochwald</t>
+  </si>
+  <si>
+    <t>ungleichförmiger Hochwald</t>
+  </si>
+  <si>
+    <t>Jungwuchs/Dickung</t>
+  </si>
+  <si>
+    <t>Stangenholz</t>
+  </si>
+  <si>
+    <t>schwaches Baumholz</t>
+  </si>
+  <si>
+    <t>mittleres Baumholz</t>
+  </si>
+  <si>
+    <t>starkes Baumholz</t>
+  </si>
+  <si>
+    <t>unvollständige Aufnahme</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1364637/546395</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">Basalfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (17 classes)</t>
+      <t xml:space="preserve">Waldtyp (17 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #501</t>
     </r>
   </si>
   <si>
-    <t>Classification of forests according to their establishment, structure and management into 17 classes («types»). In contrast to the forest typology with 12 classes, the forest typology with 17 classes defines each development stage (young growth to timber) as an individual class. Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Einteilung der Wälder aufgrund ihrer Entstehung, Struktur und Bewirtschaftung in 17 Klassen («Typen»). Im Gegensatz zum Waldtyp in 12 Klassen wird beim Waldtyp in 17 Klassen jede Entwicklungsstufe (Jungwuchs bis Baumholz) als einzelne Klasse ausgewiesen. Grundlage: Feldaufnahme (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -772,51 +772,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -2856,51 +2856,51 @@
         <v>33.8</v>
       </c>
       <c r="AC31" s="6">
         <v>4</v>
       </c>
       <c r="AD31" s="6">
         <v>32.4</v>
       </c>
       <c r="AE31" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="21.75">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1364637/546395</t>
           </r>
         </is>
       </c>
       <c r="B32" s="3"/>
       <c r="C32" s="3"/>
       <c r="D32" s="3"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3"/>
       <c r="K32" s="3"/>
@@ -2916,191 +2916,191 @@
       <c r="U32" s="3"/>
       <c r="V32" s="3"/>
       <c r="W32" s="3"/>
       <c r="X32" s="3"/>
       <c r="Y32" s="3"/>
       <c r="Z32" s="3"/>
       <c r="AA32" s="3"/>
       <c r="AB32" s="3"/>
       <c r="AC32" s="3"/>
       <c r="AD32" s="3"/>
       <c r="AE32" s="3"/>
     </row>
     <row r="35" spans="1:31">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">Basalfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:31" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="38" spans="1:31">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (17 classes)</t>
+            <t xml:space="preserve">Waldtyp (17 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #501</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:31" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:31">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:31" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="44" spans="1:31">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:31" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="47" spans="1:31">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:31" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>