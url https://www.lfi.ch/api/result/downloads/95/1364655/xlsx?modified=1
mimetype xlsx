--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,389 +14,389 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest type (17 classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Basalfläche</t>
+  </si>
+  <si>
+    <t>Waldtyp (17 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>biogeographical region</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...14 lines deleted...]
-    <t>Switzerland</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>inaccessible forest</t>
-[...50 lines deleted...]
-    <t>total</t>
+    <t>unzugänglicher Wald</t>
+  </si>
+  <si>
+    <t>Gebüschwald</t>
+  </si>
+  <si>
+    <t>dauernd nicht bestockte Waldfläche</t>
+  </si>
+  <si>
+    <t>vorübergehend nicht bestockte Waldfläche</t>
+  </si>
+  <si>
+    <t>Schneise, Böschung</t>
+  </si>
+  <si>
+    <t>dauernd aufgelöste Bestockung</t>
+  </si>
+  <si>
+    <t>Selve, Plantage</t>
+  </si>
+  <si>
+    <t>Niederwald</t>
+  </si>
+  <si>
+    <t>Mittelwald</t>
+  </si>
+  <si>
+    <t>plenterartiger Hochwald</t>
+  </si>
+  <si>
+    <t>ungleichförmiger Hochwald</t>
+  </si>
+  <si>
+    <t>Jungwuchs/Dickung</t>
+  </si>
+  <si>
+    <t>Stangenholz</t>
+  </si>
+  <si>
+    <t>schwaches Baumholz</t>
+  </si>
+  <si>
+    <t>mittleres Baumholz</t>
+  </si>
+  <si>
+    <t>starkes Baumholz</t>
+  </si>
+  <si>
+    <t>unvollständige Aufnahme</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1364655/546413</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">Basalfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (17 classes)</t>
+      <t xml:space="preserve">Waldtyp (17 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #501</t>
     </r>
   </si>
   <si>
-    <t>Classification of forests according to their establishment, structure and management into 17 classes («types»). In contrast to the forest typology with 12 classes, the forest typology with 17 classes defines each development stage (young growth to timber) as an individual class. Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Einteilung der Wälder aufgrund ihrer Entstehung, Struktur und Bewirtschaftung in 17 Klassen («Typen»). Im Gegensatz zum Waldtyp in 12 Klassen wird beim Waldtyp in 17 Klassen jede Entwicklungsstufe (Jungwuchs bis Baumholz) als einzelne Klasse ausgewiesen. Grundlage: Feldaufnahme (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -748,51 +748,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1808,235 +1808,235 @@
         <v>29.9</v>
       </c>
       <c r="M31" s="6">
         <v>4</v>
       </c>
       <c r="N31" s="6">
         <v>31.1</v>
       </c>
       <c r="O31" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="21.75">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1364655/546413</t>
           </r>
         </is>
       </c>
       <c r="B32" s="3"/>
       <c r="C32" s="3"/>
       <c r="D32" s="3"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3"/>
       <c r="K32" s="3"/>
       <c r="L32" s="3"/>
       <c r="M32" s="3"/>
       <c r="N32" s="3"/>
       <c r="O32" s="3"/>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">Basalfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (17 classes)</t>
+            <t xml:space="preserve">Waldtyp (17 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #501</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:15" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:15" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:15" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:15" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>