--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,389 +14,389 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldtyp (17 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>basal area</t>
+  </si>
+  <si>
+    <t>forest type (17 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...23 lines deleted...]
-    <t>Schweiz</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>unzugänglicher Wald</t>
-[...50 lines deleted...]
-    <t>Total</t>
+    <t>inaccessible forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
+  </si>
+  <si>
+    <t>permanently unstocked forest area</t>
+  </si>
+  <si>
+    <t>temporarily unstocked forest area</t>
+  </si>
+  <si>
+    <t>aisle, embankment</t>
+  </si>
+  <si>
+    <t>permanently open stand</t>
+  </si>
+  <si>
+    <t>(nut) orchard, plantation</t>
+  </si>
+  <si>
+    <t>coppice forest</t>
+  </si>
+  <si>
+    <t>coppice with standards</t>
+  </si>
+  <si>
+    <t>selection type high forest</t>
+  </si>
+  <si>
+    <t>non-uniform high forest</t>
+  </si>
+  <si>
+    <t>young growth/ thicket</t>
+  </si>
+  <si>
+    <t>poletimber</t>
+  </si>
+  <si>
+    <t>young timber</t>
+  </si>
+  <si>
+    <t>medium timber</t>
+  </si>
+  <si>
+    <t>old timber</t>
+  </si>
+  <si>
+    <t>incomplete survey</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1364668/546426</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Basalfläche</t>
+      <t xml:space="preserve">basal area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldtyp (17 Klassen)</t>
+      <t xml:space="preserve">forest type (17 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #501</t>
     </r>
   </si>
   <si>
-    <t>Einteilung der Wälder aufgrund ihrer Entstehung, Struktur und Bewirtschaftung in 17 Klassen («Typen»). Im Gegensatz zum Waldtyp in 12 Klassen wird beim Waldtyp in 17 Klassen jede Entwicklungsstufe (Jungwuchs bis Baumholz) als einzelne Klasse ausgewiesen. Grundlage: Feldaufnahme (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Classification of forests according to their establishment, structure and management into 17 classes («types»). In contrast to the forest typology with 12 classes, the forest typology with 17 classes defines each development stage (young growth to timber) as an individual class. Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -748,51 +748,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1808,235 +1808,235 @@
         <v>29.3</v>
       </c>
       <c r="M31" s="6">
         <v>4</v>
       </c>
       <c r="N31" s="6">
         <v>30.7</v>
       </c>
       <c r="O31" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="21.75">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1364668/546426</t>
           </r>
         </is>
       </c>
       <c r="B32" s="3"/>
       <c r="C32" s="3"/>
       <c r="D32" s="3"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3"/>
       <c r="K32" s="3"/>
       <c r="L32" s="3"/>
       <c r="M32" s="3"/>
       <c r="N32" s="3"/>
       <c r="O32" s="3"/>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Basalfläche</t>
+            <t xml:space="preserve">basal area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldtyp (17 Klassen)</t>
+            <t xml:space="preserve">forest type (17 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #501</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:15" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:15" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:15" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:15" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>