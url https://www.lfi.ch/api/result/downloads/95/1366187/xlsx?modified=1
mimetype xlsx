--- v0 (2025-11-17)
+++ v1 (2025-11-17)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>NFI1</t>
-[...5 lines deleted...]
-    <t>tree species (5 classes)</t>
+    <t>LFI1</t>
+  </si>
+  <si>
+    <t>Gesamtstammzahl LFI1</t>
+  </si>
+  <si>
+    <t>Baumart (5 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 n</t>
+      <t xml:space="preserve">: 1000 Stk.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 1983/85</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>Zustand 1983/85</t>
+  </si>
+  <si>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,255 +172,255 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
-[...2 lines deleted...]
-    <t>1000 n</t>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>1000 Stk.</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>Fichte</t>
+  </si>
+  <si>
+    <t>Tanne</t>
+  </si>
+  <si>
+    <t>übrige Nadelhölzer</t>
+  </si>
+  <si>
+    <t>Buche</t>
+  </si>
+  <si>
+    <t>übrige Laubhölzer</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1366187/547945</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total number of stems NFI1</t>
+      <t xml:space="preserve">Gesamtstammzahl LFI1</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #243</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm according to the method used in NFI1. In NFI1, dead trees were only included if their wood was still usable. The total number of stems NFI1 is the sum of the number of stems and the number of deadwood stems NFI1.</t>
+    <t>Anzahl Stämme aller lebenden und toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD) nach Methode LFI1. Im LFI1 wurden bei den toten Bäumen nur diejenigen aufgenommen, deren Holz noch verwertbar war. Die Gesamtstammzahl LFI1 ist die Summe von Stammzahl und Totholzstammzahl LFI1.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tree species (5 classes)</t>
+      <t xml:space="preserve">Baumart (5 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1157</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh). The three most common species or species groups in Switzerland (spruce - Picea spp.; fir - Abies spp.; beech - Fagus sylvatica) are in individual classes, while the remaining species are classified as «other conifers» or «other broadleaves». Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die drei allerhäufigsten Arten bzw. Artengruppen der Schweiz (Fichte - Picea spp.; Tanne - Abies spp.; Buche - Fagus sylvatica) und den Klassen «übrige Nadelhölzer» und «übrige Laubhölzer» für die restlichen Arten. Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -772,102 +772,102 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:53">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:53">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:53">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:53">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:53">
       <c r="A5" t="s">
@@ -2493,51 +2493,51 @@
         <v>21029</v>
       </c>
       <c r="AY20" s="6">
         <v>9</v>
       </c>
       <c r="AZ20" s="6">
         <v>496061</v>
       </c>
       <c r="BA20" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:53" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1366187/547945</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -2575,191 +2575,191 @@
       <c r="AQ21" s="3"/>
       <c r="AR21" s="3"/>
       <c r="AS21" s="3"/>
       <c r="AT21" s="3"/>
       <c r="AU21" s="3"/>
       <c r="AV21" s="3"/>
       <c r="AW21" s="3"/>
       <c r="AX21" s="3"/>
       <c r="AY21" s="3"/>
       <c r="AZ21" s="3"/>
       <c r="BA21" s="3"/>
     </row>
     <row r="24" spans="1:53">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total number of stems NFI1</t>
+            <t xml:space="preserve">Gesamtstammzahl LFI1</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #243</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="27" spans="1:53">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tree species (5 classes)</t>
+            <t xml:space="preserve">Baumart (5 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1157</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="36" spans="1:53">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:53" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>